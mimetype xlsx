--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2414b0a1cf55d7c5848445ae3446025e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/149ebe4aee5215171014fc2a4cc1f164.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f318b49bf0c79516b69aa985c4f0f35.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee02419efa51223a6039c616e37bb17.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2414b0a1cf55d7c5848445ae3446025e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2805031b68b57118b6abc28456d68d7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f318b49bf0c79516b69aa985c4f0f35.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/120fac6b5d6179148c6f94b64586564b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2414b0a1cf55d7c5848445ae3446025e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/977d3058f8fd59c57240f4f9d2c0db3e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f318b49bf0c79516b69aa985c4f0f35.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a428c7590c9a8e916726aa961700e58c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2414b0a1cf55d7c5848445ae3446025e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d5894464596b66601a675c1574eb34d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f318b49bf0c79516b69aa985c4f0f35.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e1317cf2d7c0fe025a44bf045900037.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2414b0a1cf55d7c5848445ae3446025e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f608ce0f587a116140631787c84a302.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f318b49bf0c79516b69aa985c4f0f35.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c62968165ca92ff30a1739dbf6061a61.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2414b0a1cf55d7c5848445ae3446025e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3763b74a9b02173a5f36375b1417e9c3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f318b49bf0c79516b69aa985c4f0f35.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e3ab19744d536a00b29bafb871aa208.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2414b0a1cf55d7c5848445ae3446025e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f081fe511875ae849c024c57dc43c96e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f318b49bf0c79516b69aa985c4f0f35.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5ed7c4d78e45c6b51fb289cbbc69197.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2414b0a1cf55d7c5848445ae3446025e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84c8de508b3c6371ec20f57cbc4bafe1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f318b49bf0c79516b69aa985c4f0f35.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f81ab6ceb044df85332f526b42c085fb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>