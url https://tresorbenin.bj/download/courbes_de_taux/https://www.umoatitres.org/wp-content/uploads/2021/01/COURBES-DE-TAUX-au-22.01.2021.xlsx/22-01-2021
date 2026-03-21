--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f318b49bf0c79516b69aa985c4f0f35.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee02419efa51223a6039c616e37bb17.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e63fb8d540c55207400ecd4f60e6232.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b98b0fa73d2d2774cbaf78a479526f61.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f318b49bf0c79516b69aa985c4f0f35.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/120fac6b5d6179148c6f94b64586564b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e63fb8d540c55207400ecd4f60e6232.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc1d5ad151ff42eb0e03cf86ad50a539.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f318b49bf0c79516b69aa985c4f0f35.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a428c7590c9a8e916726aa961700e58c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e63fb8d540c55207400ecd4f60e6232.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f50eaccb5d6faf5b618847a3f1b3737b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f318b49bf0c79516b69aa985c4f0f35.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e1317cf2d7c0fe025a44bf045900037.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e63fb8d540c55207400ecd4f60e6232.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b91fbf4e6e45328ed683e197768694a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f318b49bf0c79516b69aa985c4f0f35.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c62968165ca92ff30a1739dbf6061a61.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e63fb8d540c55207400ecd4f60e6232.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3b444eddd4a1e64ffb1b65f29219ada.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f318b49bf0c79516b69aa985c4f0f35.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e3ab19744d536a00b29bafb871aa208.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e63fb8d540c55207400ecd4f60e6232.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c54502b10378601c953d363eabea4e40.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f318b49bf0c79516b69aa985c4f0f35.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5ed7c4d78e45c6b51fb289cbbc69197.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e63fb8d540c55207400ecd4f60e6232.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f33eccf67444463421e738cdcf6d2fdc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f318b49bf0c79516b69aa985c4f0f35.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f81ab6ceb044df85332f526b42c085fb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e63fb8d540c55207400ecd4f60e6232.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5122b3414295b2aaceaf69a6a0787dd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>