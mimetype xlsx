--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/116223077a8871cdeb547c89c2cc4e29.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3705138815d6a45d78a239fdee4ead1f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fd9270a72f8da7b4e3bdb241e4b67ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7bca05cf3298cbb0f031204de29e3b3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/116223077a8871cdeb547c89c2cc4e29.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bb93dfe6270678d782bb21325a83e3c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fd9270a72f8da7b4e3bdb241e4b67ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb93418faf780bdb48068db8593f7e71.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/116223077a8871cdeb547c89c2cc4e29.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/224e0e3a1c79eed8359b3a4e82ffcc81.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fd9270a72f8da7b4e3bdb241e4b67ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdd8b0038fed5e4b2e09a7bc80f2075a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/116223077a8871cdeb547c89c2cc4e29.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9ddf5f2ff4f0cadf9ff6354a73d9704.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fd9270a72f8da7b4e3bdb241e4b67ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6663856cac969c3a1a9061296683401.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/116223077a8871cdeb547c89c2cc4e29.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59d1448cba2d8f85083f6a61001b4b02.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fd9270a72f8da7b4e3bdb241e4b67ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc9d5d0616371b3c273133f0b72bf59c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/116223077a8871cdeb547c89c2cc4e29.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58b2d8a02f69350714feee59ebcc9bde.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fd9270a72f8da7b4e3bdb241e4b67ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e69580cfdeb3960e00e33d8ac498bc29.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/116223077a8871cdeb547c89c2cc4e29.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5347a7e90f560f315da2b66a2fe8514.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fd9270a72f8da7b4e3bdb241e4b67ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9c0fdb7ed6e52d82e64c32910cc4325.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/116223077a8871cdeb547c89c2cc4e29.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a18f8ffde3b0354abc30f0cc955627f1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fd9270a72f8da7b4e3bdb241e4b67ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c86a75d2c309027e1a54106d3add7dc8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>