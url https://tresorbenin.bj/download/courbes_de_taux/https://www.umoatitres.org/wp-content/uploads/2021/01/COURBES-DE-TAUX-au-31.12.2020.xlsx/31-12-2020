--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fd9270a72f8da7b4e3bdb241e4b67ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7bca05cf3298cbb0f031204de29e3b3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad3a4eae7c426a042336ce26239fb552.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84304bc273ac1f94956a69207aa9ef97.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fd9270a72f8da7b4e3bdb241e4b67ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb93418faf780bdb48068db8593f7e71.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad3a4eae7c426a042336ce26239fb552.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adf2f3ff6a2341a1d4130bdd5d098440.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fd9270a72f8da7b4e3bdb241e4b67ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdd8b0038fed5e4b2e09a7bc80f2075a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad3a4eae7c426a042336ce26239fb552.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c5c59dd9684d559f9d26d286681f86d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fd9270a72f8da7b4e3bdb241e4b67ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6663856cac969c3a1a9061296683401.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad3a4eae7c426a042336ce26239fb552.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/896616e52a7629ba56667e96ee13a879.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fd9270a72f8da7b4e3bdb241e4b67ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc9d5d0616371b3c273133f0b72bf59c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad3a4eae7c426a042336ce26239fb552.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7463fec4baadc165c5a848a51a099e84.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fd9270a72f8da7b4e3bdb241e4b67ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e69580cfdeb3960e00e33d8ac498bc29.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad3a4eae7c426a042336ce26239fb552.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc4f279b8d294356e5bcdfb862879282.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fd9270a72f8da7b4e3bdb241e4b67ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9c0fdb7ed6e52d82e64c32910cc4325.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad3a4eae7c426a042336ce26239fb552.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/279fb49eaf09ef9481c6e8e1fcd5fe72.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fd9270a72f8da7b4e3bdb241e4b67ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c86a75d2c309027e1a54106d3add7dc8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad3a4eae7c426a042336ce26239fb552.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4353cd6f9417a5f41c0466fd3cb3ecc9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>