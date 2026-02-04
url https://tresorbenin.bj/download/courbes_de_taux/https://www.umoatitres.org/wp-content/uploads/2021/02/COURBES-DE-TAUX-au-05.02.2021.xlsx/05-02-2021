--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b87672dfb198530c51e8b43bf7addd2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be8898d88954a376d6923035fe1cfa73.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c9e915598466f737c159de4eb8a43ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8bc7e49fa7ad89b47c5e05b1c6b33f4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b87672dfb198530c51e8b43bf7addd2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3d6c90552fe05797c6731c540ecc65c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c9e915598466f737c159de4eb8a43ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04d32ffa5a0ac7ed0c967cdc845d4c57.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b87672dfb198530c51e8b43bf7addd2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c91cd7b33510c965eb29a97d136cb72.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c9e915598466f737c159de4eb8a43ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2f3106aa9679a806da1a2196f840126.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b87672dfb198530c51e8b43bf7addd2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0247590bf99e8671957754ea51d664a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c9e915598466f737c159de4eb8a43ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dad10e2a001731ebc7c70d6557f43a48.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b87672dfb198530c51e8b43bf7addd2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f1202a75fff91fc4d7d1ccb192319e7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c9e915598466f737c159de4eb8a43ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54a8e72e21653271a01b92783459f5d9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b87672dfb198530c51e8b43bf7addd2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5748b95aa1d38835dce6043254102ca.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c9e915598466f737c159de4eb8a43ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b7a828a2966a572285a4faf8af1cee4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b87672dfb198530c51e8b43bf7addd2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c92a104e06dd42073e8ac1f972e91a28.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c9e915598466f737c159de4eb8a43ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/502c5039ba1d0626d8a6fb6d801e8776.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b87672dfb198530c51e8b43bf7addd2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92eb8b19ddbbb419bb65075a9a93a3a3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c9e915598466f737c159de4eb8a43ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cfdc7abaa8a7783b83c13ee98423a0e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>