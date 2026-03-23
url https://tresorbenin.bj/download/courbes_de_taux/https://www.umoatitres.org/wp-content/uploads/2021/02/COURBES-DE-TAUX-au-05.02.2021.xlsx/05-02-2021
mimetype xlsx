--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c9e915598466f737c159de4eb8a43ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8bc7e49fa7ad89b47c5e05b1c6b33f4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48ca82e1efd709fcc782ae3bfb0d1739.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df52ea383af2734dcd0b31120eba8d36.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c9e915598466f737c159de4eb8a43ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04d32ffa5a0ac7ed0c967cdc845d4c57.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48ca82e1efd709fcc782ae3bfb0d1739.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c1bf94b16b0c7fdf77eace2a3838eda.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c9e915598466f737c159de4eb8a43ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2f3106aa9679a806da1a2196f840126.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48ca82e1efd709fcc782ae3bfb0d1739.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c66ed339e1402c806cbb6f40ca014190.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c9e915598466f737c159de4eb8a43ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dad10e2a001731ebc7c70d6557f43a48.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48ca82e1efd709fcc782ae3bfb0d1739.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e67f50b9218b393bf73f9d337b754a8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c9e915598466f737c159de4eb8a43ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54a8e72e21653271a01b92783459f5d9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48ca82e1efd709fcc782ae3bfb0d1739.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ffdc41f7632f601cd4d7341d76d28f6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c9e915598466f737c159de4eb8a43ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b7a828a2966a572285a4faf8af1cee4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48ca82e1efd709fcc782ae3bfb0d1739.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/363777d40c3ab2f2749d22d1e832067e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c9e915598466f737c159de4eb8a43ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/502c5039ba1d0626d8a6fb6d801e8776.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48ca82e1efd709fcc782ae3bfb0d1739.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e53b77a6540221a7a77a2af56252c8ff.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c9e915598466f737c159de4eb8a43ec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cfdc7abaa8a7783b83c13ee98423a0e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48ca82e1efd709fcc782ae3bfb0d1739.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d3078bafe1aa118731709a40afbeba4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>