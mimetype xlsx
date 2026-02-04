--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb4fb8cf624a7e56e32b45e35c42db85.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bdc708bb0e8caedbcd2d3aff401e0fc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2cd534a0b1bd23c9fc2b6fac3813010.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7c84b6996fdc4dc60c3662e88281d9f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb4fb8cf624a7e56e32b45e35c42db85.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0242e53ea36b359e397ae23ec2f6b45.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2cd534a0b1bd23c9fc2b6fac3813010.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da7631cb2b1361a5339fb7cfbabe3346.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb4fb8cf624a7e56e32b45e35c42db85.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e436a0266054eafc192d21f150eb0794.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2cd534a0b1bd23c9fc2b6fac3813010.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f91e21748680eea7ea30fbe7541fd46.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb4fb8cf624a7e56e32b45e35c42db85.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b8183f7a8d0e139419ffc0a3768602a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2cd534a0b1bd23c9fc2b6fac3813010.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4aec2d1a019b6253d4bdf76ac1f3febf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb4fb8cf624a7e56e32b45e35c42db85.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f614066512a8709b682bbfb37d686fb9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2cd534a0b1bd23c9fc2b6fac3813010.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cff827d102ec788fc9c57e4d8175793.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb4fb8cf624a7e56e32b45e35c42db85.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4e0ec9ba24c585bbfc4f99e8c14199a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2cd534a0b1bd23c9fc2b6fac3813010.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/617bd2b4f5e11b80f125d59d0e842cda.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb4fb8cf624a7e56e32b45e35c42db85.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a309f16efb1493453d9be23c207f63e1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2cd534a0b1bd23c9fc2b6fac3813010.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b823d58ecde4576403e0dcc89b8842c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb4fb8cf624a7e56e32b45e35c42db85.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f49cc96c829ff8e1735d3b1e1eee7f7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2cd534a0b1bd23c9fc2b6fac3813010.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4638cb978f7242f1286fa7b9b85b167a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>