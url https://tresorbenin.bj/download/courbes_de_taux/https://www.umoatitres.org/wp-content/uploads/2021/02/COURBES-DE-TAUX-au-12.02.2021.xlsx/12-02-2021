--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2cd534a0b1bd23c9fc2b6fac3813010.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7c84b6996fdc4dc60c3662e88281d9f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d30b08e07a45c09d6f9359b582442974.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16f712e2e44ca90ede2b3da183a32c2a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2cd534a0b1bd23c9fc2b6fac3813010.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da7631cb2b1361a5339fb7cfbabe3346.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d30b08e07a45c09d6f9359b582442974.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed8760d722ed1365863767dc0fb95354.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2cd534a0b1bd23c9fc2b6fac3813010.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f91e21748680eea7ea30fbe7541fd46.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d30b08e07a45c09d6f9359b582442974.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08d100bcfcce8b361d8d98635dda7a30.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2cd534a0b1bd23c9fc2b6fac3813010.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4aec2d1a019b6253d4bdf76ac1f3febf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d30b08e07a45c09d6f9359b582442974.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/852fee026bc730f7233fde624814b744.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2cd534a0b1bd23c9fc2b6fac3813010.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cff827d102ec788fc9c57e4d8175793.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d30b08e07a45c09d6f9359b582442974.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cf0d4a8bb799f4d5e7724039e6d31e6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2cd534a0b1bd23c9fc2b6fac3813010.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/617bd2b4f5e11b80f125d59d0e842cda.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d30b08e07a45c09d6f9359b582442974.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efecb307e26b0e4cb8edba1d726e0e08.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2cd534a0b1bd23c9fc2b6fac3813010.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b823d58ecde4576403e0dcc89b8842c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d30b08e07a45c09d6f9359b582442974.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e187014beec21424cdad9ff0e39b2834.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2cd534a0b1bd23c9fc2b6fac3813010.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4638cb978f7242f1286fa7b9b85b167a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d30b08e07a45c09d6f9359b582442974.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45b2ff8ed98db566653b5144f78d655b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>