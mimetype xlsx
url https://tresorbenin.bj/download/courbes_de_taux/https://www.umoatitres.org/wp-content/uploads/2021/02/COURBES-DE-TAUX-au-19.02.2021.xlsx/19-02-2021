--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bac2810194bb1624779197e8b1146839.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffa096efb0ceedb50c9391fa03ea6fdc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f89af539dafbeba4f22eea0a584fa4a2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9560d6266daeb06b68fd697eee734bd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bac2810194bb1624779197e8b1146839.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1f4c46802ee46be60528e582dc09151.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f89af539dafbeba4f22eea0a584fa4a2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a51cb126c6a2a2c6ed2f41b464c6180.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bac2810194bb1624779197e8b1146839.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fae4efb948dce2507c22e80d7a17e78.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f89af539dafbeba4f22eea0a584fa4a2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26391ca1f29e57016e839cbf24bf900b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bac2810194bb1624779197e8b1146839.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab57c776749ea9c691361a3025aa5c99.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f89af539dafbeba4f22eea0a584fa4a2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27336dac2762e5c0503e7a3fddc0d306.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bac2810194bb1624779197e8b1146839.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52e3df8b48a3dbdb1d4a36f959593083.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f89af539dafbeba4f22eea0a584fa4a2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26b419d7139f44e6953106a0c61f1bdb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bac2810194bb1624779197e8b1146839.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/116861aa7e55ebe2c3728e89517348fc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f89af539dafbeba4f22eea0a584fa4a2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6071c5ed341213662deea916f53b71aa.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bac2810194bb1624779197e8b1146839.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06c37541e78042e832375dc0fec51a0f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f89af539dafbeba4f22eea0a584fa4a2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7ca5f7999d0bb787d67b5b1205ef92e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bac2810194bb1624779197e8b1146839.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1fd503fcced077bb4bef49879e251b8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f89af539dafbeba4f22eea0a584fa4a2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/646320b967d41e3019a27321234bd4be.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>