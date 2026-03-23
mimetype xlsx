--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f89af539dafbeba4f22eea0a584fa4a2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9560d6266daeb06b68fd697eee734bd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e65cc5bef3efc35bdbed5b4b5be27a14.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9c911e25eca7ce33bd187f4ae7f7ba4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f89af539dafbeba4f22eea0a584fa4a2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a51cb126c6a2a2c6ed2f41b464c6180.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e65cc5bef3efc35bdbed5b4b5be27a14.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37d38857790b00b5574d3e422c1556ae.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f89af539dafbeba4f22eea0a584fa4a2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26391ca1f29e57016e839cbf24bf900b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e65cc5bef3efc35bdbed5b4b5be27a14.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7096024e40ae5178ff7d4a21dcdecba9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f89af539dafbeba4f22eea0a584fa4a2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27336dac2762e5c0503e7a3fddc0d306.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e65cc5bef3efc35bdbed5b4b5be27a14.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25a5a3f91e1b15919cec6f21db41d3be.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f89af539dafbeba4f22eea0a584fa4a2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26b419d7139f44e6953106a0c61f1bdb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e65cc5bef3efc35bdbed5b4b5be27a14.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d416e2bc1abda13b19aecb28b022c824.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f89af539dafbeba4f22eea0a584fa4a2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6071c5ed341213662deea916f53b71aa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e65cc5bef3efc35bdbed5b4b5be27a14.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ca88942b7d468d1ab070c1c5b27b7de.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f89af539dafbeba4f22eea0a584fa4a2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7ca5f7999d0bb787d67b5b1205ef92e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e65cc5bef3efc35bdbed5b4b5be27a14.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcb7541ef750df8e200f3cb6b6dc97dc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f89af539dafbeba4f22eea0a584fa4a2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/646320b967d41e3019a27321234bd4be.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e65cc5bef3efc35bdbed5b4b5be27a14.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad349afdfde6b2f0b9aa822d2b7c245a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>