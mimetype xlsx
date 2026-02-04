--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afe449f0a6bae8f5999c7ac7625eb982.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5a5b18b51b5f967f0e497b0d871ad29.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f4457da73ca3cab7568e8749ee7e89c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13b0eb4aa6ff97c981e17f3141e138df.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afe449f0a6bae8f5999c7ac7625eb982.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eaace69edd64c529de00e930dbef4848.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f4457da73ca3cab7568e8749ee7e89c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/147c5af5cd47a98577ebf0ebff8075f8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afe449f0a6bae8f5999c7ac7625eb982.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b3d4bafc5137e77e9575d7245cc34a9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f4457da73ca3cab7568e8749ee7e89c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b308c0919dce19d5f85d2a939e07862.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afe449f0a6bae8f5999c7ac7625eb982.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b25252dc83b10e92a614baba19aac91.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f4457da73ca3cab7568e8749ee7e89c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/faa16d6896b5ee4fd33f5a95a4f6b7a0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afe449f0a6bae8f5999c7ac7625eb982.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f343ef6d0998ad80b7bf9022416034e2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f4457da73ca3cab7568e8749ee7e89c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/791e55ddb2bf8fd27ff33706c603d39b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afe449f0a6bae8f5999c7ac7625eb982.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60f68f86aa1921b7bed878f318898eb1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f4457da73ca3cab7568e8749ee7e89c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/feac8194ee5d6e04008782d4b7e804d0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afe449f0a6bae8f5999c7ac7625eb982.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07176854b8cf3976ef32af6a814be4fd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f4457da73ca3cab7568e8749ee7e89c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4374b9de7a410dc7a0e20ebe7f8c3eea.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afe449f0a6bae8f5999c7ac7625eb982.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33a2adc15d3398cb2192af41d7e0ec24.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f4457da73ca3cab7568e8749ee7e89c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/758eba1bea7d8bc2baed3cb0fad919c5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>