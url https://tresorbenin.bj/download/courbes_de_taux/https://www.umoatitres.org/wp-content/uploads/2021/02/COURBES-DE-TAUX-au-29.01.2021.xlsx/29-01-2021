--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f4457da73ca3cab7568e8749ee7e89c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13b0eb4aa6ff97c981e17f3141e138df.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ace896de0f413c971147ffec72151d9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83fd5f93adbf4a08c0c4dddfc7c30fd4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f4457da73ca3cab7568e8749ee7e89c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/147c5af5cd47a98577ebf0ebff8075f8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ace896de0f413c971147ffec72151d9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bc96f9768785e43d9532b4244562ebc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f4457da73ca3cab7568e8749ee7e89c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b308c0919dce19d5f85d2a939e07862.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ace896de0f413c971147ffec72151d9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d762aba5b09045b4770b7120e2445155.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f4457da73ca3cab7568e8749ee7e89c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/faa16d6896b5ee4fd33f5a95a4f6b7a0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ace896de0f413c971147ffec72151d9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/442cc0b285bb1baeb072e8c040c4f9c7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f4457da73ca3cab7568e8749ee7e89c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/791e55ddb2bf8fd27ff33706c603d39b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ace896de0f413c971147ffec72151d9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/594e0ac3455588758e9e6ddb55a79592.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f4457da73ca3cab7568e8749ee7e89c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/feac8194ee5d6e04008782d4b7e804d0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ace896de0f413c971147ffec72151d9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6faac471650e98843e6d7fafa2c87f37.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f4457da73ca3cab7568e8749ee7e89c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4374b9de7a410dc7a0e20ebe7f8c3eea.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ace896de0f413c971147ffec72151d9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0eae6958919a09baf8472dee4a5c423d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f4457da73ca3cab7568e8749ee7e89c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/758eba1bea7d8bc2baed3cb0fad919c5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ace896de0f413c971147ffec72151d9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2f87355f8ab46562e16f0de91beda71.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>