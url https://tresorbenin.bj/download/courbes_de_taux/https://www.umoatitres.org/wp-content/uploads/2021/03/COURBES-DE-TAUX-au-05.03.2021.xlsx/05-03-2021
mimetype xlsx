--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0964dbd7111c6b1e52634f541540a0d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eae03ecad272fe54438586560c591a2f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17b6a311cb6765c646c45906e3db7167.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd2bad2a7a8bd6ec770e7d36fe5e26e8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0964dbd7111c6b1e52634f541540a0d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f769efb877da270d9a4496cfc0d8adf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17b6a311cb6765c646c45906e3db7167.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00843908fc8cf7610405065c839c71fa.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0964dbd7111c6b1e52634f541540a0d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28f39dc7db4f8a5989545563280d9101.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17b6a311cb6765c646c45906e3db7167.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ada218d6a0b9db42d671af5dfb19068e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0964dbd7111c6b1e52634f541540a0d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3890e9c89d2f5250fa97b55cb2e41f1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17b6a311cb6765c646c45906e3db7167.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/873d656a7144351a6683c9f2149b2bea.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0964dbd7111c6b1e52634f541540a0d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c48e4f3d11727817b52b4367fc5f04a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17b6a311cb6765c646c45906e3db7167.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5000876cce92bcf5b67ca5d78cb1b2d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0964dbd7111c6b1e52634f541540a0d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d92d7cd1c418dd38f433c39b6730a2b0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17b6a311cb6765c646c45906e3db7167.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c396e5f9bd7b1de260b03e334c6316ea.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0964dbd7111c6b1e52634f541540a0d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f5f9262927caf0074725d3e8da3b506.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17b6a311cb6765c646c45906e3db7167.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9dcc4b83ee36270c2dcd4e0100e62b2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0964dbd7111c6b1e52634f541540a0d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96fb055d1df1c7eac8e0366034345f74.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17b6a311cb6765c646c45906e3db7167.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7be32f2f15d3804c9f72d077bd43af4f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>