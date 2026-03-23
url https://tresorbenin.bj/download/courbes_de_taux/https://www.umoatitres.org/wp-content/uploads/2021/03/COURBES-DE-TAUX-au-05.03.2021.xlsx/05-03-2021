--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17b6a311cb6765c646c45906e3db7167.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd2bad2a7a8bd6ec770e7d36fe5e26e8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23a6076f0cebdc8b12c4f71bff47c8a4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9360d300af97b3c104c72a4253f6861.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17b6a311cb6765c646c45906e3db7167.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00843908fc8cf7610405065c839c71fa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23a6076f0cebdc8b12c4f71bff47c8a4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af473a3c0412674e735997fcb43dfa52.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17b6a311cb6765c646c45906e3db7167.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ada218d6a0b9db42d671af5dfb19068e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23a6076f0cebdc8b12c4f71bff47c8a4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e2ce8da86c98790f1b7a88bba827937.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17b6a311cb6765c646c45906e3db7167.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/873d656a7144351a6683c9f2149b2bea.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23a6076f0cebdc8b12c4f71bff47c8a4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfd2e65fae0dd616d5a7f61c2142f489.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17b6a311cb6765c646c45906e3db7167.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5000876cce92bcf5b67ca5d78cb1b2d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23a6076f0cebdc8b12c4f71bff47c8a4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/509fd3b92fdeddf8df25ef6012a8667e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17b6a311cb6765c646c45906e3db7167.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c396e5f9bd7b1de260b03e334c6316ea.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23a6076f0cebdc8b12c4f71bff47c8a4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6371f2b6080736f53b29e2dc1b5cd56e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17b6a311cb6765c646c45906e3db7167.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9dcc4b83ee36270c2dcd4e0100e62b2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23a6076f0cebdc8b12c4f71bff47c8a4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1009d7cf1d146436ef32ee5b89b37f48.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17b6a311cb6765c646c45906e3db7167.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7be32f2f15d3804c9f72d077bd43af4f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23a6076f0cebdc8b12c4f71bff47c8a4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36220caca68b86a0219f108ac1f5585e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>