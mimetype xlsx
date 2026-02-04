--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/802f637df208346c033e0c2689315de1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02e5f8d03b723ebb06382b4554286c50.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2202fa32ffc351f9e6288af1207512c2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d5167116f4d8533db431091932cf916.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/802f637df208346c033e0c2689315de1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7dc12a7c066acd3ecb18eac98b94a626.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2202fa32ffc351f9e6288af1207512c2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef1b93a3c5dec2c9eb88b6676019a13b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/802f637df208346c033e0c2689315de1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76b583d0de7765e85ee31b9842622edf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2202fa32ffc351f9e6288af1207512c2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e35e72fce7d46f6fc1866e73f1148f36.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/802f637df208346c033e0c2689315de1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2561cee3558e1fffeb3a609eed121e4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2202fa32ffc351f9e6288af1207512c2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0428a084fb5fb284c4c09f0bc34987ab.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/802f637df208346c033e0c2689315de1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61fe6b9d1b277b7fa77c2b8aed7d07d0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2202fa32ffc351f9e6288af1207512c2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b00f02afd781b539f0b0b306b75a237e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/802f637df208346c033e0c2689315de1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ef155b061448cb77c9b8d213a6d0086.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2202fa32ffc351f9e6288af1207512c2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45ee60ce20c8063d26b32c3e508257d1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/802f637df208346c033e0c2689315de1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75721e841aa2e4c3dd4f77247de4d237.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2202fa32ffc351f9e6288af1207512c2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a729d8e3e82413039d95d2e019c7a388.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/802f637df208346c033e0c2689315de1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/926bea5acf6a4744cc6c1edbda0fed4b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2202fa32ffc351f9e6288af1207512c2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f60880179e7cb8180e47212a3ce92822.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>