--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2202fa32ffc351f9e6288af1207512c2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d5167116f4d8533db431091932cf916.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4240e543cea618c0c370023ecc0ce8d4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d28be0c9eb18da3d69e5a52399b187f3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2202fa32ffc351f9e6288af1207512c2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef1b93a3c5dec2c9eb88b6676019a13b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4240e543cea618c0c370023ecc0ce8d4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70741b067e695c0f90afe40dff907569.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2202fa32ffc351f9e6288af1207512c2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e35e72fce7d46f6fc1866e73f1148f36.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4240e543cea618c0c370023ecc0ce8d4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8746aeec021ac0dcfc4757e9ef4ab32.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2202fa32ffc351f9e6288af1207512c2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0428a084fb5fb284c4c09f0bc34987ab.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4240e543cea618c0c370023ecc0ce8d4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4ae2730199c8ed79357163431515b8e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2202fa32ffc351f9e6288af1207512c2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b00f02afd781b539f0b0b306b75a237e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4240e543cea618c0c370023ecc0ce8d4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e4d281368a7710d5b934606e8119618.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2202fa32ffc351f9e6288af1207512c2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45ee60ce20c8063d26b32c3e508257d1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4240e543cea618c0c370023ecc0ce8d4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc3bc7911f8362a4213b139900626721.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2202fa32ffc351f9e6288af1207512c2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a729d8e3e82413039d95d2e019c7a388.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4240e543cea618c0c370023ecc0ce8d4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9589545e23d19b6cf8b6f6236ff0d67e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2202fa32ffc351f9e6288af1207512c2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f60880179e7cb8180e47212a3ce92822.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4240e543cea618c0c370023ecc0ce8d4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1672e8da0bb3bc9e10ef4112180dc70a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>