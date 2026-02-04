--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b9189d95c00991188e82b1d0ba4067d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89e3ad8864a21ac6f02cf4964704033d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/522fbd86b8fd48730ab0b710de810f24.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24e7fb8a6c1fa7de6e8759512f45cbfe.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b9189d95c00991188e82b1d0ba4067d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/defa1edddef42dd4d2d2001b5f5b2c93.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/522fbd86b8fd48730ab0b710de810f24.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c7767f2f0fd979de0d30000951289f0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b9189d95c00991188e82b1d0ba4067d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90593abb3ec116d9a3373a5c926f2207.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/522fbd86b8fd48730ab0b710de810f24.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3736eb49af6cc4a00bc3709a4662ea4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b9189d95c00991188e82b1d0ba4067d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2399115d29f2cb0358152564883dc4e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/522fbd86b8fd48730ab0b710de810f24.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45857523c466f2a0f238ec10215a6b76.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b9189d95c00991188e82b1d0ba4067d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcc31ea573b8f1ab52ddafa4dffd0546.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/522fbd86b8fd48730ab0b710de810f24.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e06445b27aa9aa1c7f203391833e2ad.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b9189d95c00991188e82b1d0ba4067d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ae4ffaf3a93535ecd7831e26e1df4de.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/522fbd86b8fd48730ab0b710de810f24.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64921032297ffeca8fdeb08f0f547749.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b9189d95c00991188e82b1d0ba4067d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee862dd0ecb755ef565da72967a2b437.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/522fbd86b8fd48730ab0b710de810f24.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27bea179388db6ce8b0695b1adc4c632.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b9189d95c00991188e82b1d0ba4067d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d39b2dbbb5e73abd1a363b225632832b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/522fbd86b8fd48730ab0b710de810f24.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dde1fd8afb7ede5ef340e36b041d7915.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>