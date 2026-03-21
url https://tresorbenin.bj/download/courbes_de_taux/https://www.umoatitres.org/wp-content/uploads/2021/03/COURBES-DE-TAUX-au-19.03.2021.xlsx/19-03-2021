--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/522fbd86b8fd48730ab0b710de810f24.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24e7fb8a6c1fa7de6e8759512f45cbfe.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a246b5211a70a66f7523298e4ad056c6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa0355a03aece3597827834249cf1d42.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/522fbd86b8fd48730ab0b710de810f24.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c7767f2f0fd979de0d30000951289f0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a246b5211a70a66f7523298e4ad056c6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0deb0e5c5db4bc054422ab11e513a03a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/522fbd86b8fd48730ab0b710de810f24.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3736eb49af6cc4a00bc3709a4662ea4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a246b5211a70a66f7523298e4ad056c6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/087310bb0790f031e9f85c1d3a45e13d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/522fbd86b8fd48730ab0b710de810f24.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45857523c466f2a0f238ec10215a6b76.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a246b5211a70a66f7523298e4ad056c6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70e8cf658f3b0e5a3cffb60a87f442ff.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/522fbd86b8fd48730ab0b710de810f24.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e06445b27aa9aa1c7f203391833e2ad.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a246b5211a70a66f7523298e4ad056c6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9935e3b270320f0221ece8a8003d5d7c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/522fbd86b8fd48730ab0b710de810f24.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64921032297ffeca8fdeb08f0f547749.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a246b5211a70a66f7523298e4ad056c6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aded503937ba8d7e2d390b491d8c55f9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/522fbd86b8fd48730ab0b710de810f24.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27bea179388db6ce8b0695b1adc4c632.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a246b5211a70a66f7523298e4ad056c6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64c00d23f6712a35177ec9b21d9d64cc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/522fbd86b8fd48730ab0b710de810f24.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dde1fd8afb7ede5ef340e36b041d7915.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a246b5211a70a66f7523298e4ad056c6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e0031ce9c1273d9583ec881fb0fdcf3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>