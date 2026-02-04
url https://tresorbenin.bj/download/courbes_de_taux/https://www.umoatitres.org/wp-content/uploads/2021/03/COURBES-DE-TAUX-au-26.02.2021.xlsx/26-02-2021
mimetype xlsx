--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -489,79 +489,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7316ed4d4749e12ec5efbad14650fe65.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc8cd4166b5817721b4672e27e94d11b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29e69d75fb50dcb3ab2599f25ef79cda.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/890f4d80ede718143c10c7b389331479.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7316ed4d4749e12ec5efbad14650fe65.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/782d6899f1457572dbc92d7614fcde81.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29e69d75fb50dcb3ab2599f25ef79cda.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27dbeb779666a3aa0bd57354675f3fb4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7316ed4d4749e12ec5efbad14650fe65.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/288e5a7dde59a0c6d10db6a306e55c6a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29e69d75fb50dcb3ab2599f25ef79cda.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03d63b6dcc09d5c6c2ea81f3155e9800.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7316ed4d4749e12ec5efbad14650fe65.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7bdfd1cc65ea34e821bb5aa398fc818.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29e69d75fb50dcb3ab2599f25ef79cda.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ceeac94475dca7cb23ab3ea03eb118e1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7316ed4d4749e12ec5efbad14650fe65.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ac9f972d734ee6e94f6dddc16a69ede.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29e69d75fb50dcb3ab2599f25ef79cda.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99256fbe705b477c63a79dfa5b6a3121.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7316ed4d4749e12ec5efbad14650fe65.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73b6f21fe924ad735d83ee4f72a6b4e7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29e69d75fb50dcb3ab2599f25ef79cda.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b303136f57c3033e5aabf65e0831371e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7316ed4d4749e12ec5efbad14650fe65.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b35adbece098edfacd8c7855eb572bda.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29e69d75fb50dcb3ab2599f25ef79cda.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a10d0fa3664967e60af7d1089acd668.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7316ed4d4749e12ec5efbad14650fe65.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dae52358e792227c5c53127d52241e46.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29e69d75fb50dcb3ab2599f25ef79cda.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0a86c4bdda87954d7a53325f7184d57.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>