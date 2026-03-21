--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -489,79 +489,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29e69d75fb50dcb3ab2599f25ef79cda.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/890f4d80ede718143c10c7b389331479.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e33c2a631ba5e68a982b2f3c2832d312.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c0f4945074c28138b0cbb2e82202dcd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29e69d75fb50dcb3ab2599f25ef79cda.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27dbeb779666a3aa0bd57354675f3fb4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e33c2a631ba5e68a982b2f3c2832d312.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a17f58279c19d6adece40b992c35f197.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29e69d75fb50dcb3ab2599f25ef79cda.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03d63b6dcc09d5c6c2ea81f3155e9800.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e33c2a631ba5e68a982b2f3c2832d312.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89272aef14f44c14f22e46758049862f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29e69d75fb50dcb3ab2599f25ef79cda.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ceeac94475dca7cb23ab3ea03eb118e1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e33c2a631ba5e68a982b2f3c2832d312.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9acc74e0305779b7ab62c1e5d804a76b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29e69d75fb50dcb3ab2599f25ef79cda.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99256fbe705b477c63a79dfa5b6a3121.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e33c2a631ba5e68a982b2f3c2832d312.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/973bcaa518f9bc629fddc6236131c27d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29e69d75fb50dcb3ab2599f25ef79cda.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b303136f57c3033e5aabf65e0831371e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e33c2a631ba5e68a982b2f3c2832d312.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12d5d0b3c1e04acb65fbe64fdc1d580c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29e69d75fb50dcb3ab2599f25ef79cda.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a10d0fa3664967e60af7d1089acd668.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e33c2a631ba5e68a982b2f3c2832d312.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd1224e311c74d2278c0377793b29fb0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29e69d75fb50dcb3ab2599f25ef79cda.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0a86c4bdda87954d7a53325f7184d57.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e33c2a631ba5e68a982b2f3c2832d312.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25e2a5f9f97a6d61123a319405d50f35.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>