--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -483,79 +483,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8ad842ceaf0ebd997e8c7c071ccb771.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87074c67b7dc462065ea4fad52685e80.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b38dc9da612333a79453dbddf42a3100.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04a06a860c955118005f7721fbfa3645.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8ad842ceaf0ebd997e8c7c071ccb771.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bb31f264fe0e87e442bca8ca88e8722.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b38dc9da612333a79453dbddf42a3100.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95d97f5941e7b8d2f18609c87d01c428.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8ad842ceaf0ebd997e8c7c071ccb771.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b49fb925322a81cd1e08cd25535490e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b38dc9da612333a79453dbddf42a3100.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/409fc22885802141b1149a1fdcbb7a5b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8ad842ceaf0ebd997e8c7c071ccb771.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b8828637271e71570e7a21ceb17158c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b38dc9da612333a79453dbddf42a3100.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26728b5f405fb35e973f79e2a50565a5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8ad842ceaf0ebd997e8c7c071ccb771.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/505a4d3bc154389ad8e3de6b69d21ebf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b38dc9da612333a79453dbddf42a3100.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6daef7153fcfce5cfcbef27260084e59.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8ad842ceaf0ebd997e8c7c071ccb771.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ddd23fe7d6cb31449ab588e7ec9a257.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b38dc9da612333a79453dbddf42a3100.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e1c767c54e7f507a599e38ce105bde2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8ad842ceaf0ebd997e8c7c071ccb771.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86375dd36a33645bd635a5a22fbabf4f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b38dc9da612333a79453dbddf42a3100.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fdfef4eef6045457acd9f717dea1b0e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8ad842ceaf0ebd997e8c7c071ccb771.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9a1c61a13762159409e0f1ca1ab6428.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b38dc9da612333a79453dbddf42a3100.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd319980bc9642b20332ffda1511dee7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>