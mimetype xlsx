--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -483,79 +483,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b38dc9da612333a79453dbddf42a3100.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04a06a860c955118005f7721fbfa3645.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ac722c0cdfd7e8a8b6c369e8461f06f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23a4c53ffb887466f94fd8515c4a3afb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b38dc9da612333a79453dbddf42a3100.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95d97f5941e7b8d2f18609c87d01c428.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ac722c0cdfd7e8a8b6c369e8461f06f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a421ebb2995ace2a9b325bf2adc7cd57.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b38dc9da612333a79453dbddf42a3100.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/409fc22885802141b1149a1fdcbb7a5b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ac722c0cdfd7e8a8b6c369e8461f06f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22266cf3d8457793b9cc643cc371998f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b38dc9da612333a79453dbddf42a3100.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26728b5f405fb35e973f79e2a50565a5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ac722c0cdfd7e8a8b6c369e8461f06f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef3b55f86b088e2c20ccf42401fba3ef.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b38dc9da612333a79453dbddf42a3100.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6daef7153fcfce5cfcbef27260084e59.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ac722c0cdfd7e8a8b6c369e8461f06f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a75cbadff4dc82b15491cab69d3f54f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b38dc9da612333a79453dbddf42a3100.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e1c767c54e7f507a599e38ce105bde2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ac722c0cdfd7e8a8b6c369e8461f06f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2e1cd8aaa24a8725c361ac7ba04f50c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b38dc9da612333a79453dbddf42a3100.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fdfef4eef6045457acd9f717dea1b0e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ac722c0cdfd7e8a8b6c369e8461f06f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a462f94a1dd76814ece76f5633dec533.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b38dc9da612333a79453dbddf42a3100.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd319980bc9642b20332ffda1511dee7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ac722c0cdfd7e8a8b6c369e8461f06f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/876f0ee9d3fd04f7b3bd3c5632de02b2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>