--- v2 (2026-03-21)
+++ v3 (2026-03-23)
@@ -483,79 +483,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ac722c0cdfd7e8a8b6c369e8461f06f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23a4c53ffb887466f94fd8515c4a3afb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/581b93b943e213376b629096f4f8d540.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30ef081e70f7c4f482053cc1cb3ea2df.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ac722c0cdfd7e8a8b6c369e8461f06f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a421ebb2995ace2a9b325bf2adc7cd57.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/581b93b943e213376b629096f4f8d540.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/792f281b06701757621e0a462c24498d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ac722c0cdfd7e8a8b6c369e8461f06f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22266cf3d8457793b9cc643cc371998f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/581b93b943e213376b629096f4f8d540.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/319bbb978d95434980ad470edb2985cd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ac722c0cdfd7e8a8b6c369e8461f06f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef3b55f86b088e2c20ccf42401fba3ef.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/581b93b943e213376b629096f4f8d540.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1219dd0281be877c9cfc51b8cf084240.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ac722c0cdfd7e8a8b6c369e8461f06f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a75cbadff4dc82b15491cab69d3f54f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/581b93b943e213376b629096f4f8d540.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15147bd44667ec7037982ad094409c6a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ac722c0cdfd7e8a8b6c369e8461f06f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2e1cd8aaa24a8725c361ac7ba04f50c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/581b93b943e213376b629096f4f8d540.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/354bc0f81c2331b65c2e9a44e0e70e45.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ac722c0cdfd7e8a8b6c369e8461f06f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a462f94a1dd76814ece76f5633dec533.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/581b93b943e213376b629096f4f8d540.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a093c84819b08a688ece016fe751fb30.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ac722c0cdfd7e8a8b6c369e8461f06f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/876f0ee9d3fd04f7b3bd3c5632de02b2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/581b93b943e213376b629096f4f8d540.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c265bdacf9bbfdd5699ee80d798e5a1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>