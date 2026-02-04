--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5eccb5ace934748537a4214435f58206.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/258016db3e52fed90c900c234086ce9b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2e245f548dee6bb441911b46cfdfdc3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ae44d47fca16cf7896fb034f20f6291.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5eccb5ace934748537a4214435f58206.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c894ffa66bcbaa648f283c4863ca6f61.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2e245f548dee6bb441911b46cfdfdc3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efc691d4a74f49ceb190a4d0557b153b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5eccb5ace934748537a4214435f58206.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7a665b2af6908ee196259ec8e5ed64f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2e245f548dee6bb441911b46cfdfdc3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2fd05947f9e9bf963600121f685779a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5eccb5ace934748537a4214435f58206.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/638d384cdec65c377bca233cfc8af80b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2e245f548dee6bb441911b46cfdfdc3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da528e2425de9f30243f4805fc21101b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5eccb5ace934748537a4214435f58206.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cc327ff151e3706b766f7f64995f574.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2e245f548dee6bb441911b46cfdfdc3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a93a443d06f95b415e76a5766e8e2b6c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5eccb5ace934748537a4214435f58206.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01a252ae1b635026a890043d1acc5172.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2e245f548dee6bb441911b46cfdfdc3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b030d2cd7346386a2a6dfad50ebaa5b8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5eccb5ace934748537a4214435f58206.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01ad1d992d7fc438e8808627de91c609.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2e245f548dee6bb441911b46cfdfdc3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/496dd9a3632c5345df4e0c4f95d93b93.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5eccb5ace934748537a4214435f58206.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc92feb402ca55acc1083165b20e1fd5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2e245f548dee6bb441911b46cfdfdc3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7bfddf505b2b27b6c5c033dd8e1773e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>