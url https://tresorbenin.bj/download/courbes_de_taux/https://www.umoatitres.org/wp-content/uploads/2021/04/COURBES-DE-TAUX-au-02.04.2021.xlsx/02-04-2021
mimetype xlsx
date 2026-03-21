--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2e245f548dee6bb441911b46cfdfdc3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ae44d47fca16cf7896fb034f20f6291.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af078f643057a53f06b2f8b1020f2c2b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3bee310ddf8055864f8fad82fbbb4ff.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2e245f548dee6bb441911b46cfdfdc3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efc691d4a74f49ceb190a4d0557b153b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af078f643057a53f06b2f8b1020f2c2b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4d416e2a17ec4841a0bbadca8021d2c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2e245f548dee6bb441911b46cfdfdc3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2fd05947f9e9bf963600121f685779a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af078f643057a53f06b2f8b1020f2c2b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edf638708f8cbc2dd364ea29b6ff7a2c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2e245f548dee6bb441911b46cfdfdc3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da528e2425de9f30243f4805fc21101b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af078f643057a53f06b2f8b1020f2c2b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42e964a01ce832b43bbd40f770b1a8b2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2e245f548dee6bb441911b46cfdfdc3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a93a443d06f95b415e76a5766e8e2b6c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af078f643057a53f06b2f8b1020f2c2b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f59c2e91b604dfba4f37281089bd60d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2e245f548dee6bb441911b46cfdfdc3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b030d2cd7346386a2a6dfad50ebaa5b8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af078f643057a53f06b2f8b1020f2c2b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b7e3cd5ce0c0b861dca0cb0d9f26382.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2e245f548dee6bb441911b46cfdfdc3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/496dd9a3632c5345df4e0c4f95d93b93.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af078f643057a53f06b2f8b1020f2c2b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f1e5228eb19255747fd9452fa586d28.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2e245f548dee6bb441911b46cfdfdc3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7bfddf505b2b27b6c5c033dd8e1773e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af078f643057a53f06b2f8b1020f2c2b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15d4affaf893dc4db1b08df8303ff5e5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>