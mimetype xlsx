--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08466f6f6fe13810ef332092d55015b0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d029112e6c3dbe6d1ad745719d59499a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1946adca1c63373c3da2d7d817cd9c1a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a592d43656783c6d2ec120dbcd09ca9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08466f6f6fe13810ef332092d55015b0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d463f48bbe65f99e1cd1a7f42411a3e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1946adca1c63373c3da2d7d817cd9c1a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/133c089b450b7a6a61a4238d1182a545.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08466f6f6fe13810ef332092d55015b0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8adee1a38b37955d7248401566d4483c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1946adca1c63373c3da2d7d817cd9c1a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef31877d419e3d420976d90cc92005d4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08466f6f6fe13810ef332092d55015b0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fca9f30c0644ed2994929b9503d390e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1946adca1c63373c3da2d7d817cd9c1a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebca69dcdedc9ee116e63499f0f78d1a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08466f6f6fe13810ef332092d55015b0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8c2eedcec0f390550ac081677a145f8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1946adca1c63373c3da2d7d817cd9c1a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31a60793d368bc496aaf539ba8566d4c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08466f6f6fe13810ef332092d55015b0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d2d52b57e2531e0a2f71296e74e01df.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1946adca1c63373c3da2d7d817cd9c1a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/021c8e8e843bba1ed6d657d857fb2046.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08466f6f6fe13810ef332092d55015b0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2f2cd7ae1be8f6f8e2b63107da55df9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1946adca1c63373c3da2d7d817cd9c1a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fe8b99be7b24257eb121ab734d8e18a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08466f6f6fe13810ef332092d55015b0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99af71eec672ed925fe56c4dc51407fa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1946adca1c63373c3da2d7d817cd9c1a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0239e66022536804b4f6f2adf203bd3c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>