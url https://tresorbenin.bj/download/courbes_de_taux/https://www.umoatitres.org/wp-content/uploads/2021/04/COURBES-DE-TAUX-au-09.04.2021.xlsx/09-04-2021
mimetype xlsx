--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1946adca1c63373c3da2d7d817cd9c1a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a592d43656783c6d2ec120dbcd09ca9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b2604b7c15bf415ff40c880a094ebd0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c08ed4be5b3e351dc076d9d2c7de1120.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1946adca1c63373c3da2d7d817cd9c1a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/133c089b450b7a6a61a4238d1182a545.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b2604b7c15bf415ff40c880a094ebd0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04aee4f989c41033a533003a6771f3f7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1946adca1c63373c3da2d7d817cd9c1a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef31877d419e3d420976d90cc92005d4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b2604b7c15bf415ff40c880a094ebd0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef64dda196f116094fed4efb3d96a437.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1946adca1c63373c3da2d7d817cd9c1a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebca69dcdedc9ee116e63499f0f78d1a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b2604b7c15bf415ff40c880a094ebd0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b767913875ef75dbd6d52049794e5f1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1946adca1c63373c3da2d7d817cd9c1a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31a60793d368bc496aaf539ba8566d4c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b2604b7c15bf415ff40c880a094ebd0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1b129f504418e27c9924112c9b4ad2d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1946adca1c63373c3da2d7d817cd9c1a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/021c8e8e843bba1ed6d657d857fb2046.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b2604b7c15bf415ff40c880a094ebd0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f065905be56ec55c78acf4f95099f35.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1946adca1c63373c3da2d7d817cd9c1a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fe8b99be7b24257eb121ab734d8e18a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b2604b7c15bf415ff40c880a094ebd0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/349583bb22c9c8e9eee3eca1316cf29d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1946adca1c63373c3da2d7d817cd9c1a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0239e66022536804b4f6f2adf203bd3c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b2604b7c15bf415ff40c880a094ebd0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12ae20b114fc0eabd4feaca80d19cf3e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>