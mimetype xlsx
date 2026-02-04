--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/950434b97a4a37427ecdf3ccd57a6d46.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed472c0b469b00056327d9a37fbb2a73.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f77dcf16d71e828d8c8321b14690b60c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4c2709f8dd3aa5fbe4f61d46d0b4f51.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/950434b97a4a37427ecdf3ccd57a6d46.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7376a18ffe53777c8b57ff9f46f38480.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f77dcf16d71e828d8c8321b14690b60c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6cbd5b237d9403ad09a0df5e39b7a07b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/950434b97a4a37427ecdf3ccd57a6d46.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f77dcf16d71e828d8c8321b14690b60c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/950434b97a4a37427ecdf3ccd57a6d46.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27b2ffaafad679d7ce6beac8bdc1f781.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f77dcf16d71e828d8c8321b14690b60c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c99aef46a9689f7ab50cd2b11da7a2c6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/950434b97a4a37427ecdf3ccd57a6d46.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b686d8a144c035def26abf8d8021ef5b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f77dcf16d71e828d8c8321b14690b60c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db27f2226b696ec9ebbba3b6d056a09d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/950434b97a4a37427ecdf3ccd57a6d46.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24f269cc277749afa6da03b6700ad344.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f77dcf16d71e828d8c8321b14690b60c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29e39455f29da172a9e9c381641f387f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/950434b97a4a37427ecdf3ccd57a6d46.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33dcd52da8ff7e5073758655ffd90c83.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f77dcf16d71e828d8c8321b14690b60c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/584ba559d96e2246e9d6f5d6a83f2c5d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/950434b97a4a37427ecdf3ccd57a6d46.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c722627a952f6d7721c6f272cdf5962.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f77dcf16d71e828d8c8321b14690b60c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7aecbc6277821fd323554ce063173559.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>