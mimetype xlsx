--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f77dcf16d71e828d8c8321b14690b60c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4c2709f8dd3aa5fbe4f61d46d0b4f51.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ca5fceed3bda7dc205db03c4f63cadf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c7dfe980789a71b0cb76652a2cc5acc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f77dcf16d71e828d8c8321b14690b60c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6cbd5b237d9403ad09a0df5e39b7a07b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ca5fceed3bda7dc205db03c4f63cadf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/882c369dc054098306a1a0308a07b999.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f77dcf16d71e828d8c8321b14690b60c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ca5fceed3bda7dc205db03c4f63cadf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f77dcf16d71e828d8c8321b14690b60c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c99aef46a9689f7ab50cd2b11da7a2c6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ca5fceed3bda7dc205db03c4f63cadf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f640bc3cbae2f30f328bb30e4922b62e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f77dcf16d71e828d8c8321b14690b60c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db27f2226b696ec9ebbba3b6d056a09d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ca5fceed3bda7dc205db03c4f63cadf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad4f5bc4296098a2bcbbdfd3cd5929fb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f77dcf16d71e828d8c8321b14690b60c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29e39455f29da172a9e9c381641f387f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ca5fceed3bda7dc205db03c4f63cadf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa66726198985bd5fa74ac037dd6b1ba.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f77dcf16d71e828d8c8321b14690b60c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/584ba559d96e2246e9d6f5d6a83f2c5d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ca5fceed3bda7dc205db03c4f63cadf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6383e444ce681611d2d92436170a5e25.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f77dcf16d71e828d8c8321b14690b60c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7aecbc6277821fd323554ce063173559.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ca5fceed3bda7dc205db03c4f63cadf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c71cdd7254a14c9852b3c6362954052e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>