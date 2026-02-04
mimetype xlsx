--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70cb3dd12b1e9325c1015c976bf26740.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce63004c4d481a35a1b76f77d423a74c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0825735d9becec75425db16a366f9429.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12ab3294f964a5513668dbc14e799dfa.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70cb3dd12b1e9325c1015c976bf26740.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2eaf314fd736a20fd66f6bb04e4dbede.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0825735d9becec75425db16a366f9429.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b5de8f604114080953f5aef37ee1d3e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70cb3dd12b1e9325c1015c976bf26740.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9eeeff56f8f1e37ec2c2cf6edbcc960.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0825735d9becec75425db16a366f9429.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/750e4e578646351a9d3dca6e04c438b8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70cb3dd12b1e9325c1015c976bf26740.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dae427dd6b6ddd79b0e7443dd035dd13.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0825735d9becec75425db16a366f9429.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eef7b53abf3f3b482086191460550c3e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70cb3dd12b1e9325c1015c976bf26740.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdb93399701651b51055229f7b4efa1f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0825735d9becec75425db16a366f9429.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b2ae9c859d04f58a0131f462b2ce7d2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70cb3dd12b1e9325c1015c976bf26740.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0851d431be71bc8c851fccbfd8ee3215.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0825735d9becec75425db16a366f9429.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0382e2563d8e75f3861438383ec661d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70cb3dd12b1e9325c1015c976bf26740.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49d1a0fe11f55296621df5274b4e4ff2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0825735d9becec75425db16a366f9429.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6ee1470ff65b0f318fbbc555245bb77.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70cb3dd12b1e9325c1015c976bf26740.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71df244f997e1e5b089be8c8f158a773.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0825735d9becec75425db16a366f9429.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5e86e3ed3530723f7f091e2d725a89d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>