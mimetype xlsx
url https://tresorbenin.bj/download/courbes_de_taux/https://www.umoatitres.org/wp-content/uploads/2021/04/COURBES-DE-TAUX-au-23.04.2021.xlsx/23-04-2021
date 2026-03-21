--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0825735d9becec75425db16a366f9429.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12ab3294f964a5513668dbc14e799dfa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6c4c822c7aa55068a9ac3de2def9a15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1688cebe83e580dc1b83bf9a58ded5f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0825735d9becec75425db16a366f9429.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b5de8f604114080953f5aef37ee1d3e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6c4c822c7aa55068a9ac3de2def9a15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0368db01c1d1d26cc315d7cea394d89c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0825735d9becec75425db16a366f9429.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/750e4e578646351a9d3dca6e04c438b8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6c4c822c7aa55068a9ac3de2def9a15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b80ddf30d24eceef5ffa1d263f01978e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0825735d9becec75425db16a366f9429.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eef7b53abf3f3b482086191460550c3e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6c4c822c7aa55068a9ac3de2def9a15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98503471ced34b6002bdc09ec85c6951.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0825735d9becec75425db16a366f9429.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b2ae9c859d04f58a0131f462b2ce7d2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6c4c822c7aa55068a9ac3de2def9a15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92c32d6a7c61c3c8d72e94381aa0bdd4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0825735d9becec75425db16a366f9429.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0382e2563d8e75f3861438383ec661d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6c4c822c7aa55068a9ac3de2def9a15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e52d7e2bde6932625bf3d08ffd26c74d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0825735d9becec75425db16a366f9429.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6ee1470ff65b0f318fbbc555245bb77.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6c4c822c7aa55068a9ac3de2def9a15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf005948a9c1178a64344a9dd788fdb3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0825735d9becec75425db16a366f9429.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5e86e3ed3530723f7f091e2d725a89d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6c4c822c7aa55068a9ac3de2def9a15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df0e26624e19a4f3626824324f256053.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>