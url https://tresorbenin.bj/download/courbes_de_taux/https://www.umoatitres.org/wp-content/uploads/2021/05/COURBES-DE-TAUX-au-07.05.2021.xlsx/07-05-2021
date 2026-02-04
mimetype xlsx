--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5a9aa504bd42ac8a78667703d6e67db.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c4848430256db13b7b2312c7ca0ed3d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afb0a78d89688e8b18a978aa763655d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17988437d3c08230a954bf65d9b62e73.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5a9aa504bd42ac8a78667703d6e67db.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed5998e46f54789fead635db2a5b683f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afb0a78d89688e8b18a978aa763655d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac8a4e720a0431d6e81164d44d1d2945.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5a9aa504bd42ac8a78667703d6e67db.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/112caad88d246efc9a15794112a31fa0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afb0a78d89688e8b18a978aa763655d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8456f6dc3689e3ff78e0c4174f894833.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5a9aa504bd42ac8a78667703d6e67db.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ab85dc4f5b5ec9b1fdbd73d75adfbba.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afb0a78d89688e8b18a978aa763655d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdd27d0e5afb9eb0e6b9bbce1d7eca55.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5a9aa504bd42ac8a78667703d6e67db.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2f93c784e6517bdabada2016b91fc53.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afb0a78d89688e8b18a978aa763655d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4435c2d5b0afd5212f42d138eb1b30a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5a9aa504bd42ac8a78667703d6e67db.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62118454297bb044095b8fade8e70858.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afb0a78d89688e8b18a978aa763655d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf96ddf9d1a617f31668894787195e93.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5a9aa504bd42ac8a78667703d6e67db.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55ceba0e1dddb21cbf7a997e66883c12.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afb0a78d89688e8b18a978aa763655d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/818d2acf8fae7e0e29c0f68e02e9ff24.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5a9aa504bd42ac8a78667703d6e67db.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3bb4235b48ca33d403080e5b51f349.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afb0a78d89688e8b18a978aa763655d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6557cbc3f22df6dfe31a98de0acaf79e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>