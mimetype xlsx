--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afb0a78d89688e8b18a978aa763655d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17988437d3c08230a954bf65d9b62e73.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/442abcf77bfc1918e3e21a6e06313871.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ddbe802aa92add4106338cb944fd44d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afb0a78d89688e8b18a978aa763655d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac8a4e720a0431d6e81164d44d1d2945.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/442abcf77bfc1918e3e21a6e06313871.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc8e2c97b50eade83973e51d5e570723.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afb0a78d89688e8b18a978aa763655d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8456f6dc3689e3ff78e0c4174f894833.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/442abcf77bfc1918e3e21a6e06313871.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b79b169102c4fb9e6b2293e71c7ea65.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afb0a78d89688e8b18a978aa763655d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdd27d0e5afb9eb0e6b9bbce1d7eca55.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/442abcf77bfc1918e3e21a6e06313871.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48cb52080e7d3bc233de035b0b7754e4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afb0a78d89688e8b18a978aa763655d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4435c2d5b0afd5212f42d138eb1b30a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/442abcf77bfc1918e3e21a6e06313871.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d677bd8a1f7a6a5c705348e40d6cd61.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afb0a78d89688e8b18a978aa763655d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf96ddf9d1a617f31668894787195e93.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/442abcf77bfc1918e3e21a6e06313871.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0eebd3406025004c3f13c2d040a31d1b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afb0a78d89688e8b18a978aa763655d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/818d2acf8fae7e0e29c0f68e02e9ff24.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/442abcf77bfc1918e3e21a6e06313871.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e079b1f4a918a39a866401496a0288e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afb0a78d89688e8b18a978aa763655d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6557cbc3f22df6dfe31a98de0acaf79e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/442abcf77bfc1918e3e21a6e06313871.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af9882b278682ee745093e3bbf1acf59.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>