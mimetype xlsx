--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bc3f06de04065d92e838504d327d22d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef918b72ea5de1c9b3a8ad9c01d91335.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca145c09ec7487ede194f395eecdbffd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0962d1793f0ac439b2407d8f87210b02.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bc3f06de04065d92e838504d327d22d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09321b8455206be33fac5a2c6d906390.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca145c09ec7487ede194f395eecdbffd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/090d31f2421c77ee2441abc1bda4f760.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bc3f06de04065d92e838504d327d22d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/424423c70899c226accf3c38c5a706b7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca145c09ec7487ede194f395eecdbffd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b775112f9afb2dee6870a0e5d7881e02.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bc3f06de04065d92e838504d327d22d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50831ed8941292c0065a919eb09194ea.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca145c09ec7487ede194f395eecdbffd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4ed6752710ed17530888a64838f39a3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bc3f06de04065d92e838504d327d22d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9a7d69d3f47dd65d6b9c3ebb206f377.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca145c09ec7487ede194f395eecdbffd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96cc05d22f3f368adfd4948d5e310d95.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bc3f06de04065d92e838504d327d22d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c3ca06c7289ccf2422920959285530a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca145c09ec7487ede194f395eecdbffd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efe3852c26bf65fc26178e7b82ff1bdc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bc3f06de04065d92e838504d327d22d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6639d5228a33b56bbf6a7416e407c00.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca145c09ec7487ede194f395eecdbffd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ddd25750bc734663a5c5d4319323d0f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bc3f06de04065d92e838504d327d22d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ab52fd21dd8a412dc6ff2e97d1ac6af.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca145c09ec7487ede194f395eecdbffd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30bb3a53397cfac439efd38f5bfbc7f5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>