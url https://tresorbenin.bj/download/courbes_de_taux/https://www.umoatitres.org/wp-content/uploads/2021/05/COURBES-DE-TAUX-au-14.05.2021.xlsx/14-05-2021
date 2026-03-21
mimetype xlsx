--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca145c09ec7487ede194f395eecdbffd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0962d1793f0ac439b2407d8f87210b02.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c44cc02bc4d11b9da57c6531e7488ba.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d2daa63ef986b0e91ab1d59291acd22.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca145c09ec7487ede194f395eecdbffd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/090d31f2421c77ee2441abc1bda4f760.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c44cc02bc4d11b9da57c6531e7488ba.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b261c3a75faed54145df2d0c03200875.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca145c09ec7487ede194f395eecdbffd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b775112f9afb2dee6870a0e5d7881e02.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c44cc02bc4d11b9da57c6531e7488ba.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/784d2b08fb105bb466e95d86bbd0f12e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca145c09ec7487ede194f395eecdbffd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4ed6752710ed17530888a64838f39a3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c44cc02bc4d11b9da57c6531e7488ba.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a1bf7aec7afb61d9c015853a3cf04f2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca145c09ec7487ede194f395eecdbffd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96cc05d22f3f368adfd4948d5e310d95.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c44cc02bc4d11b9da57c6531e7488ba.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76d4300d3196683e4e6e020192121a22.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca145c09ec7487ede194f395eecdbffd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efe3852c26bf65fc26178e7b82ff1bdc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c44cc02bc4d11b9da57c6531e7488ba.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03e7abdc037aa015f3aac1f53d51e862.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca145c09ec7487ede194f395eecdbffd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ddd25750bc734663a5c5d4319323d0f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c44cc02bc4d11b9da57c6531e7488ba.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84b47f88a26e7430356e6c0a8c063d08.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca145c09ec7487ede194f395eecdbffd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30bb3a53397cfac439efd38f5bfbc7f5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c44cc02bc4d11b9da57c6531e7488ba.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/020c664e3781809dabb974c3356b49bb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>