--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -475,79 +475,79 @@
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="6" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="6" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="14" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e8fedefbfae61f3b46d9c5a67599728.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b759dabab1fb6a6c4e878073887828f0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5799cd61f6118cf85b91360a18d1fd8c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cea8c775a6f0b1f4622268ee17870018.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e8fedefbfae61f3b46d9c5a67599728.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f099afe5d2e5da2b1d54e1a9f503a37b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5799cd61f6118cf85b91360a18d1fd8c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b2afc454bc56a5a5d7bd401fcf40c72.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e8fedefbfae61f3b46d9c5a67599728.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a9b0b74a87baeb2c0017424be02140d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5799cd61f6118cf85b91360a18d1fd8c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/549cd5deb37d52e4f0662740e35d03de.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e8fedefbfae61f3b46d9c5a67599728.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ec5c43640a7bbf56729cacfa6f70fa2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5799cd61f6118cf85b91360a18d1fd8c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d92f116fcd7f38823906314514bc8a94.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e8fedefbfae61f3b46d9c5a67599728.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abd06f7411868005fbde106725363118.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5799cd61f6118cf85b91360a18d1fd8c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bee933ae65cc9d608535cdef1ef4971a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e8fedefbfae61f3b46d9c5a67599728.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/559c71b08e51436561b1687b8728139f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5799cd61f6118cf85b91360a18d1fd8c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f41d8134f28ef0c5416742d2242d4124.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e8fedefbfae61f3b46d9c5a67599728.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01ece902704fe5375e3f054c90d8e817.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5799cd61f6118cf85b91360a18d1fd8c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff72c35c4657ae569664bf4e0e07f412.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e8fedefbfae61f3b46d9c5a67599728.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb3a59a3837dfc0ad6c6849ae1500a3b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5799cd61f6118cf85b91360a18d1fd8c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97a791f3cc5afee3642be0fba7aa6068.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>