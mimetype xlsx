--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -475,79 +475,79 @@
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="6" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="6" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="14" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5799cd61f6118cf85b91360a18d1fd8c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cea8c775a6f0b1f4622268ee17870018.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fe666b6dbdee72ed7119e1172ea803a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52ca205b12ce3ca383c1cc81f3407bba.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5799cd61f6118cf85b91360a18d1fd8c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b2afc454bc56a5a5d7bd401fcf40c72.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fe666b6dbdee72ed7119e1172ea803a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/051193036e0cdb3fee3d5bcfdc53c293.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5799cd61f6118cf85b91360a18d1fd8c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/549cd5deb37d52e4f0662740e35d03de.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fe666b6dbdee72ed7119e1172ea803a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68c53ab9b755e4597f853f135db7812f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5799cd61f6118cf85b91360a18d1fd8c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d92f116fcd7f38823906314514bc8a94.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fe666b6dbdee72ed7119e1172ea803a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4135250d13e380e51c6809e19b01a8f1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5799cd61f6118cf85b91360a18d1fd8c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bee933ae65cc9d608535cdef1ef4971a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fe666b6dbdee72ed7119e1172ea803a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb7109e5a207f9f94b6734fe1a3cd918.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5799cd61f6118cf85b91360a18d1fd8c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f41d8134f28ef0c5416742d2242d4124.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fe666b6dbdee72ed7119e1172ea803a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d62fd2b70b24f15600b71a096f5cafeb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5799cd61f6118cf85b91360a18d1fd8c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff72c35c4657ae569664bf4e0e07f412.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fe666b6dbdee72ed7119e1172ea803a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88a195b600a7a1b6207a92883b02c880.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5799cd61f6118cf85b91360a18d1fd8c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97a791f3cc5afee3642be0fba7aa6068.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fe666b6dbdee72ed7119e1172ea803a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/334ca456736d5928017c748b16837d85.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>