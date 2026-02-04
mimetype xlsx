--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34af94ba93039e295ac5721c1798917e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06462e5fb4b03986194e2a1f603fb7b1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2cbf787bf43922aa67e3261eb07ea4f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f574218977ff5b3cf3cbcbff7a160b4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34af94ba93039e295ac5721c1798917e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9f37ae47a91c9f54a2e7501b1a12342.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2cbf787bf43922aa67e3261eb07ea4f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fabff771ed40e87f26b6092ddfc6aadb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34af94ba93039e295ac5721c1798917e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a85d744423af51160401140eb1a6cbe.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2cbf787bf43922aa67e3261eb07ea4f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0ee0cb4c84e8483b29426b6fc26f7be.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34af94ba93039e295ac5721c1798917e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff8de0e0031e52cddc81dc313004f066.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2cbf787bf43922aa67e3261eb07ea4f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8151b50bea0054ede1dd104dffee479.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34af94ba93039e295ac5721c1798917e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a7384b1a8669577934438264f43909a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2cbf787bf43922aa67e3261eb07ea4f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bc6e49014b3819759672fcf86dc80f4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34af94ba93039e295ac5721c1798917e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e7266ce88ae88b4a3e669fa5410dc5b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2cbf787bf43922aa67e3261eb07ea4f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d0a71101e23d481fad14fa239cb94b1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34af94ba93039e295ac5721c1798917e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b89efbc19824065a922d6cef58ef8b53.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2cbf787bf43922aa67e3261eb07ea4f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6497f23c9e676c304ff762c32df2d710.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34af94ba93039e295ac5721c1798917e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f36d8731c28ae4f54b368a3f677c9f00.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2cbf787bf43922aa67e3261eb07ea4f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a8dc5d313f12dcc70cc4dacfa782d17.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>