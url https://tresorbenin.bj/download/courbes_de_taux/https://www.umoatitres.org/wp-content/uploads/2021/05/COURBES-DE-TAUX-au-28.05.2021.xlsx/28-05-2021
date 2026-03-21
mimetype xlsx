--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2cbf787bf43922aa67e3261eb07ea4f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f574218977ff5b3cf3cbcbff7a160b4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efd4249a079125474ac9a48e122e5a1b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15112fdf0c34ec4fa4cd46b4e30a88f7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2cbf787bf43922aa67e3261eb07ea4f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fabff771ed40e87f26b6092ddfc6aadb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efd4249a079125474ac9a48e122e5a1b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3dd598415f2fa9a10460757ef84c873.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2cbf787bf43922aa67e3261eb07ea4f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0ee0cb4c84e8483b29426b6fc26f7be.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efd4249a079125474ac9a48e122e5a1b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46ac50904718b3962958b89e1ac8e6c7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2cbf787bf43922aa67e3261eb07ea4f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8151b50bea0054ede1dd104dffee479.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efd4249a079125474ac9a48e122e5a1b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f66f984bc8d898a1c480430056c16362.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2cbf787bf43922aa67e3261eb07ea4f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bc6e49014b3819759672fcf86dc80f4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efd4249a079125474ac9a48e122e5a1b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7164b11a7dc5755ccff539bf03fb5fd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2cbf787bf43922aa67e3261eb07ea4f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d0a71101e23d481fad14fa239cb94b1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efd4249a079125474ac9a48e122e5a1b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c234475abdd69b378366a71f6f55b439.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2cbf787bf43922aa67e3261eb07ea4f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6497f23c9e676c304ff762c32df2d710.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efd4249a079125474ac9a48e122e5a1b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c71d01108308ae3c28c4a2aa3146da48.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2cbf787bf43922aa67e3261eb07ea4f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a8dc5d313f12dcc70cc4dacfa782d17.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efd4249a079125474ac9a48e122e5a1b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd82f7097d09745bad58d3b9f90a8280.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>