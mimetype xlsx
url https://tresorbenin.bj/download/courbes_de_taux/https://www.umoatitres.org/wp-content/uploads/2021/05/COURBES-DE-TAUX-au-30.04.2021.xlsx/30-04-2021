--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17100d8921cf2e57160cdad84884922e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c4f48cbb1558ca4117d7f85655b99ab.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0570becbe8ebe62c2854680322c2787.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92addf097948cba6585fd2ece409191b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17100d8921cf2e57160cdad84884922e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3535a83666702c76face0191c295cf4b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0570becbe8ebe62c2854680322c2787.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/366e9db3e0e349a7eef4170998e846e6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17100d8921cf2e57160cdad84884922e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b7027d09c69db97324aa8628c2411cf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0570becbe8ebe62c2854680322c2787.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0c75b749c22ede8b3783ab5af7dfcb2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17100d8921cf2e57160cdad84884922e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48233718d6a09935eafbad1bb2acc4b4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0570becbe8ebe62c2854680322c2787.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6031fccc93dbc884c118266739d7b224.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17100d8921cf2e57160cdad84884922e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58ea22fe7882e0ea3176faa26c50ad4a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0570becbe8ebe62c2854680322c2787.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04992df2b3614571ab1da8f17103363e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17100d8921cf2e57160cdad84884922e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/260f610d45a9499e150f8ff969b5dc26.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0570becbe8ebe62c2854680322c2787.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d822647ea2c51b9903365bdc0cf0266.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17100d8921cf2e57160cdad84884922e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fd8e6698e472f42dce33316f8e65062.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0570becbe8ebe62c2854680322c2787.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fa0902d35abeca8fe14412f1990eb5d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17100d8921cf2e57160cdad84884922e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/387b004e6a006e01e981b75967c5dc56.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0570becbe8ebe62c2854680322c2787.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45a3e85bd55a581e40c6ba898978b8d0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>