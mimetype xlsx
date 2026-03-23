--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0570becbe8ebe62c2854680322c2787.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92addf097948cba6585fd2ece409191b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b706f28de4f539289e44710984f312d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a2ba32cc53e85e47347f2523faf9b0e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0570becbe8ebe62c2854680322c2787.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/366e9db3e0e349a7eef4170998e846e6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b706f28de4f539289e44710984f312d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2348bdc994b3016fbdcd3144208ae516.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0570becbe8ebe62c2854680322c2787.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0c75b749c22ede8b3783ab5af7dfcb2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b706f28de4f539289e44710984f312d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f456e9f150aa69c81f5690a7d5f81ea.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0570becbe8ebe62c2854680322c2787.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6031fccc93dbc884c118266739d7b224.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b706f28de4f539289e44710984f312d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7c989d58cef6046537b3d4111e890ff.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0570becbe8ebe62c2854680322c2787.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04992df2b3614571ab1da8f17103363e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b706f28de4f539289e44710984f312d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef2ea616dc6dc7663d16fca129abb5cf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0570becbe8ebe62c2854680322c2787.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d822647ea2c51b9903365bdc0cf0266.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b706f28de4f539289e44710984f312d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/027f86ac4ba1203a0b394ce12c06d0e5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0570becbe8ebe62c2854680322c2787.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fa0902d35abeca8fe14412f1990eb5d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b706f28de4f539289e44710984f312d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31c2daac143bffa0743fcb8e3754209c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0570becbe8ebe62c2854680322c2787.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45a3e85bd55a581e40c6ba898978b8d0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b706f28de4f539289e44710984f312d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/311d941deb5b647cb743e98d7d8d9ecc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>