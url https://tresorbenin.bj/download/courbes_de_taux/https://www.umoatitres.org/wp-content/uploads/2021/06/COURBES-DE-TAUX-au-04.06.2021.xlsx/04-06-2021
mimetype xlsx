--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2504b648be2002edd5c38b39c1affa2d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1f3a56bbb2d1a7fd45f008f47e92de1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4d319ab60f9c8967f02edf641ae05fe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/603f754f932c755943a5f56ced5850a5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2504b648be2002edd5c38b39c1affa2d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/153f7a9177c84ee3919cd1dcf50f63c8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4d319ab60f9c8967f02edf641ae05fe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b7c3557f5bd65c7ad235ab1f84c6fc4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2504b648be2002edd5c38b39c1affa2d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac842c384fa17848b0ea312eefab0a05.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4d319ab60f9c8967f02edf641ae05fe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6746922379e5be8440496658b9a850fa.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2504b648be2002edd5c38b39c1affa2d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18bfcf43c744c8307066668de64a493e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4d319ab60f9c8967f02edf641ae05fe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93fca33e0e376fbe3665b10eb4fd526c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2504b648be2002edd5c38b39c1affa2d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48e9ff9d8727af92103996bb7f8ac2fc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4d319ab60f9c8967f02edf641ae05fe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcbdc37ffc11edf781d0cbe95d6b154b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2504b648be2002edd5c38b39c1affa2d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f11eae7ad369618964536ac3e08fd0eb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4d319ab60f9c8967f02edf641ae05fe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb6f2403378ae57ebf529d7f1e3237ee.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2504b648be2002edd5c38b39c1affa2d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15f7a24eaefe4adf4acaf0c162689f74.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4d319ab60f9c8967f02edf641ae05fe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00fc40c134bcec98a8e70e3cf198e61f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2504b648be2002edd5c38b39c1affa2d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fedb5d46b041d0d2c8a68f875224e634.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4d319ab60f9c8967f02edf641ae05fe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/157bac5e92a6c4adbdc340f1e5994000.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>