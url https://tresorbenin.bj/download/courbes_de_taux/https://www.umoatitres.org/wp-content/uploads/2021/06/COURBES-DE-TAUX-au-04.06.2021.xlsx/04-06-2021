--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4d319ab60f9c8967f02edf641ae05fe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/603f754f932c755943a5f56ced5850a5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88ef2ea33168b47570d68f204e7edd3c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a2d0621c49fb434a9ade6b8e8a18657.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4d319ab60f9c8967f02edf641ae05fe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b7c3557f5bd65c7ad235ab1f84c6fc4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88ef2ea33168b47570d68f204e7edd3c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbf4fb324cd6017b455379eff238710b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4d319ab60f9c8967f02edf641ae05fe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6746922379e5be8440496658b9a850fa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88ef2ea33168b47570d68f204e7edd3c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c75b2cc12880b1e047b820f815ef377.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4d319ab60f9c8967f02edf641ae05fe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93fca33e0e376fbe3665b10eb4fd526c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88ef2ea33168b47570d68f204e7edd3c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20bcf413de3672fbdf94ebd453c6eeae.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4d319ab60f9c8967f02edf641ae05fe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcbdc37ffc11edf781d0cbe95d6b154b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88ef2ea33168b47570d68f204e7edd3c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2dbb3cef3e1a58261de0b23b1db3d58.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4d319ab60f9c8967f02edf641ae05fe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb6f2403378ae57ebf529d7f1e3237ee.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88ef2ea33168b47570d68f204e7edd3c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95c60372ae38702c0140ca5af2f43d12.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4d319ab60f9c8967f02edf641ae05fe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00fc40c134bcec98a8e70e3cf198e61f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88ef2ea33168b47570d68f204e7edd3c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e5f13ca8a56aa4ff0659fe6fad5e99c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4d319ab60f9c8967f02edf641ae05fe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/157bac5e92a6c4adbdc340f1e5994000.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88ef2ea33168b47570d68f204e7edd3c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c4df0ddd2469b3510b21693818332ab.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>