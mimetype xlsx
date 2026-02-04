--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82232774e8f3647f3e2dc6c43624504c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62a356e30832e72632edb5d28fd74b76.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/980e1a680df2e7caca4dd22779bcfacc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc629e1111d256e08cda81ba0bf8bd62.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82232774e8f3647f3e2dc6c43624504c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b530896d15b2a4a3188a82a22a21f01e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/980e1a680df2e7caca4dd22779bcfacc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7f7a406fded1a45c6bdf0ab31907098.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82232774e8f3647f3e2dc6c43624504c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a695bf18ce1bf3b75322ebfb4f51688.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/980e1a680df2e7caca4dd22779bcfacc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c02333cf5d5b48b9f5b4d82b279c754.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82232774e8f3647f3e2dc6c43624504c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9431fa3a8961f91a2d51d9d5d7bf1090.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/980e1a680df2e7caca4dd22779bcfacc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91b73756885ac34d1e260f9cd4b84d11.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82232774e8f3647f3e2dc6c43624504c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d423c580c1197419c06d3e411fe813c8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/980e1a680df2e7caca4dd22779bcfacc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f87cb25ed883b23dc1912dc9846d94c1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82232774e8f3647f3e2dc6c43624504c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/857236f7ea8746a1f9dd73748db671c5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/980e1a680df2e7caca4dd22779bcfacc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51d7a0f4a6e5802b692cdaf5500521ab.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82232774e8f3647f3e2dc6c43624504c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f20959cde1941c45af2923c70bab144.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/980e1a680df2e7caca4dd22779bcfacc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16bd157e4454ff3a2235840ce77cd78f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82232774e8f3647f3e2dc6c43624504c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a4c87d05c01bd8d8a26d241e45fe4e4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/980e1a680df2e7caca4dd22779bcfacc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a1b529e167ee93316f75b89cb9c4ebe.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>