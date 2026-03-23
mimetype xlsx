--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/980e1a680df2e7caca4dd22779bcfacc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc629e1111d256e08cda81ba0bf8bd62.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99437d63694e5f2fbb07b9686ac05a16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6384b2443016f549cd9c27c5828e06f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/980e1a680df2e7caca4dd22779bcfacc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7f7a406fded1a45c6bdf0ab31907098.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99437d63694e5f2fbb07b9686ac05a16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24c7f7ae88bab12f39d9658e17167521.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/980e1a680df2e7caca4dd22779bcfacc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c02333cf5d5b48b9f5b4d82b279c754.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99437d63694e5f2fbb07b9686ac05a16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/039bfcb7d6b2de34943d829860898753.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/980e1a680df2e7caca4dd22779bcfacc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91b73756885ac34d1e260f9cd4b84d11.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99437d63694e5f2fbb07b9686ac05a16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b4d9d10c9855a833b8c9742cdd0c98c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/980e1a680df2e7caca4dd22779bcfacc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f87cb25ed883b23dc1912dc9846d94c1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99437d63694e5f2fbb07b9686ac05a16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6c96b2a9cab0512acc0547cad7e2eab.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/980e1a680df2e7caca4dd22779bcfacc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51d7a0f4a6e5802b692cdaf5500521ab.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99437d63694e5f2fbb07b9686ac05a16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b72701c8049f609995bf9e6e491f2599.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/980e1a680df2e7caca4dd22779bcfacc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16bd157e4454ff3a2235840ce77cd78f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99437d63694e5f2fbb07b9686ac05a16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d343173ebd64bf2450335ef71626e148.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/980e1a680df2e7caca4dd22779bcfacc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a1b529e167ee93316f75b89cb9c4ebe.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99437d63694e5f2fbb07b9686ac05a16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22460b9b57aacf1d93fd669f0671ea6a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>