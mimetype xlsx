--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7d01a8b7335cdb7cc5a50a833e465ff.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45cff06a9b5117d2a8ad47875d3f95da.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db1b173853534f0c5c9f3fd0a79c3732.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d32f5dd36df344482ee033dc828484d4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7d01a8b7335cdb7cc5a50a833e465ff.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b9c61cfc703a64dab4d05f197ea73b7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db1b173853534f0c5c9f3fd0a79c3732.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27800c29c3d6816bfd70ca11ab883e5a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7d01a8b7335cdb7cc5a50a833e465ff.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/337881513553e6cfcf6fdb626aa59f68.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db1b173853534f0c5c9f3fd0a79c3732.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/defa3fd38d486c86547c0d26c021c1db.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7d01a8b7335cdb7cc5a50a833e465ff.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c70e760fff3f60cd133fde9c119f2424.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db1b173853534f0c5c9f3fd0a79c3732.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbdc1e1304894c5f9981dd68741beb7e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7d01a8b7335cdb7cc5a50a833e465ff.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da04b306becb2d3cbbf4bd581a7b973f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db1b173853534f0c5c9f3fd0a79c3732.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f19c3012dc82270c98e5cd00317fbcb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7d01a8b7335cdb7cc5a50a833e465ff.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a3a01ae6e4c3916d03d01e0c4a5bcd1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db1b173853534f0c5c9f3fd0a79c3732.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0016ef02a7f4c68653ab5cca8666dbe3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7d01a8b7335cdb7cc5a50a833e465ff.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/092a116dc52340f877553da43fb13f64.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db1b173853534f0c5c9f3fd0a79c3732.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b39e2fd6723dbf946ad2170754985f8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7d01a8b7335cdb7cc5a50a833e465ff.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bbf111907bc918647cc23580eed3546.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db1b173853534f0c5c9f3fd0a79c3732.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fb074271d3f3f643cdeaedd51c57f61.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>