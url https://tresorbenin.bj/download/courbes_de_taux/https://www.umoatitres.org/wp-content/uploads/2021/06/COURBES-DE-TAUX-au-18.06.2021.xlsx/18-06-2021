--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -480,79 +480,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="164" fillId="2" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db1b173853534f0c5c9f3fd0a79c3732.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d32f5dd36df344482ee033dc828484d4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ed5de5bb8987bc85569d8356837f584.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/104305b5f814ac227354667e994523cd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db1b173853534f0c5c9f3fd0a79c3732.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27800c29c3d6816bfd70ca11ab883e5a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ed5de5bb8987bc85569d8356837f584.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d91242d95b62ab4cffbca2d5415347a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db1b173853534f0c5c9f3fd0a79c3732.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/defa3fd38d486c86547c0d26c021c1db.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ed5de5bb8987bc85569d8356837f584.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec53f3bf41e3f52036c138156df3a8e6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db1b173853534f0c5c9f3fd0a79c3732.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbdc1e1304894c5f9981dd68741beb7e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ed5de5bb8987bc85569d8356837f584.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54caa6c6d59c07c5e7a5b9d96ee16d01.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db1b173853534f0c5c9f3fd0a79c3732.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f19c3012dc82270c98e5cd00317fbcb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ed5de5bb8987bc85569d8356837f584.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7964d9963f06657c741641f838bea5b0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db1b173853534f0c5c9f3fd0a79c3732.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0016ef02a7f4c68653ab5cca8666dbe3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ed5de5bb8987bc85569d8356837f584.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3b3f03261de4a4059801deb9d108851.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db1b173853534f0c5c9f3fd0a79c3732.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b39e2fd6723dbf946ad2170754985f8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ed5de5bb8987bc85569d8356837f584.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecc59c5ea5f59dc6834ef1e9f3e32600.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db1b173853534f0c5c9f3fd0a79c3732.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fb074271d3f3f643cdeaedd51c57f61.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ed5de5bb8987bc85569d8356837f584.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ec934492bfe2147b1d1d776e50afa0a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>