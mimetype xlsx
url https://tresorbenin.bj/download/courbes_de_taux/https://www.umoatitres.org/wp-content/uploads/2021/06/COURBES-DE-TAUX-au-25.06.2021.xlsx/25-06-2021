--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -489,79 +489,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62186b9cc950ae01a811b39d03aab1ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4e11c2f9f6af21bff398e53002ba11e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c73ec6b74765d75c8da7c806e3052ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d9b95b292bebba52e697bdcad90e4cf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62186b9cc950ae01a811b39d03aab1ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc41c06e1fda88ff5e3e0f887aa9793f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c73ec6b74765d75c8da7c806e3052ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6a66bf08b41991687c7570db955548d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62186b9cc950ae01a811b39d03aab1ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ac855c4899809ac01549721b972e183.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c73ec6b74765d75c8da7c806e3052ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2eb3ebf71ad4fe9025b5093f840164b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62186b9cc950ae01a811b39d03aab1ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c2d3290f78a5c611c7fb4daea9e1672.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c73ec6b74765d75c8da7c806e3052ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e80044e48ca09286fc792b5acc98dc9e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62186b9cc950ae01a811b39d03aab1ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29f41d6d463ccef94ab607a7aa587160.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c73ec6b74765d75c8da7c806e3052ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/476735bf14f3bc1b38aa06f0fcd75cd5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62186b9cc950ae01a811b39d03aab1ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb006165bcdc54239e70eea9a7e2241d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c73ec6b74765d75c8da7c806e3052ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1f9a9259274929798f2afbff3816f4f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62186b9cc950ae01a811b39d03aab1ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9264a9742a2a6e5b1783a3a6a8e93883.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c73ec6b74765d75c8da7c806e3052ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e59ea687e9ba6643f919965897be93a8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62186b9cc950ae01a811b39d03aab1ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0526729fc8f18b6d3c6311b6168de12f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c73ec6b74765d75c8da7c806e3052ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1abd27ee325809bd684f31135bb54b3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>