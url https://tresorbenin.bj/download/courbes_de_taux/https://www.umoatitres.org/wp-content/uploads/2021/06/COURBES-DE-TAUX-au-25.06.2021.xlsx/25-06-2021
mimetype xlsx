--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -489,79 +489,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c73ec6b74765d75c8da7c806e3052ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d9b95b292bebba52e697bdcad90e4cf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f99802f8f33b78614e4f04d30aeeb088.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9f97c4de4ceaf68eba129fa26d97ff0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c73ec6b74765d75c8da7c806e3052ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6a66bf08b41991687c7570db955548d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f99802f8f33b78614e4f04d30aeeb088.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/428a3ae376f29efad222a3d48b2806d0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c73ec6b74765d75c8da7c806e3052ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2eb3ebf71ad4fe9025b5093f840164b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f99802f8f33b78614e4f04d30aeeb088.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/382266f167ec4773e9fb5c182f3195e3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c73ec6b74765d75c8da7c806e3052ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e80044e48ca09286fc792b5acc98dc9e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f99802f8f33b78614e4f04d30aeeb088.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27f83e375b020e45af17915ecf11a02d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c73ec6b74765d75c8da7c806e3052ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/476735bf14f3bc1b38aa06f0fcd75cd5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f99802f8f33b78614e4f04d30aeeb088.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9533c547b61723f73f97bea19f60ece.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c73ec6b74765d75c8da7c806e3052ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1f9a9259274929798f2afbff3816f4f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f99802f8f33b78614e4f04d30aeeb088.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba53850652494bb128c9ba6d7554c0df.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c73ec6b74765d75c8da7c806e3052ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e59ea687e9ba6643f919965897be93a8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f99802f8f33b78614e4f04d30aeeb088.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ae16b2c5db069ce6378dde94b41fa3b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c73ec6b74765d75c8da7c806e3052ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1abd27ee325809bd684f31135bb54b3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f99802f8f33b78614e4f04d30aeeb088.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af04c67796db74354eca7de384132b3f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>