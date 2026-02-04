--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2f73f163b36c7186f6a8bdeee8fc6bf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dae26c3ddce8b37343e2457dcf29f0dd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b4e7c855c4773f1d63fbde274065262.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52e1071196bfd8d10d7e30b249fb0b01.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2f73f163b36c7186f6a8bdeee8fc6bf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/825f87aa6f525597c695a5552b38fc7b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b4e7c855c4773f1d63fbde274065262.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ca8a3f0ed539be397e4ce26449b0d5a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2f73f163b36c7186f6a8bdeee8fc6bf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da411bf34795c416cf101cbb7953b9af.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b4e7c855c4773f1d63fbde274065262.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9699a681d2c3c2d2215154e6d7d857e6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2f73f163b36c7186f6a8bdeee8fc6bf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9682eb83d9691b510ce38205a59f293.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b4e7c855c4773f1d63fbde274065262.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a062f545b7c5b7f043e49ca0b65701a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2f73f163b36c7186f6a8bdeee8fc6bf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2dabbd372b22769bc029ea8fdbeca161.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b4e7c855c4773f1d63fbde274065262.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ab0d5b628b58b91a0e9a044eaad4f15.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2f73f163b36c7186f6a8bdeee8fc6bf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08b217706ddf81e94c090eb21525554b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b4e7c855c4773f1d63fbde274065262.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb3e64a79e3680d31e0a5421e98c4081.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2f73f163b36c7186f6a8bdeee8fc6bf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4ca3d70c1eff1f43fd09320646ad658.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b4e7c855c4773f1d63fbde274065262.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8090b0ebe2bf1e140d90127ffc093d8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2f73f163b36c7186f6a8bdeee8fc6bf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30a67cf19941a5cf6fef5c2ef55c5c9b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b4e7c855c4773f1d63fbde274065262.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60552b38331a056ff4ecd15c1382b4bb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>