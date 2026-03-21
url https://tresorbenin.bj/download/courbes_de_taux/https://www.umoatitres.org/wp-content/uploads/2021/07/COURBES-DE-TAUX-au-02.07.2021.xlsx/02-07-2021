--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b4e7c855c4773f1d63fbde274065262.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52e1071196bfd8d10d7e30b249fb0b01.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41c32b0b6eceb4208247a3ef7f57ae95.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1ea9af9cd14ba93a8be2d138f05d3ee.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b4e7c855c4773f1d63fbde274065262.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ca8a3f0ed539be397e4ce26449b0d5a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41c32b0b6eceb4208247a3ef7f57ae95.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c597efb79d58e6287fb6cb3a95cda4c4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b4e7c855c4773f1d63fbde274065262.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9699a681d2c3c2d2215154e6d7d857e6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41c32b0b6eceb4208247a3ef7f57ae95.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9731d17c7a37f3355d8761e692d4567c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b4e7c855c4773f1d63fbde274065262.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a062f545b7c5b7f043e49ca0b65701a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41c32b0b6eceb4208247a3ef7f57ae95.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33dc734ab303ac1666753d1cf6d8a62a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b4e7c855c4773f1d63fbde274065262.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ab0d5b628b58b91a0e9a044eaad4f15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41c32b0b6eceb4208247a3ef7f57ae95.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48de58de0e180403f02d6fde7f23505e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b4e7c855c4773f1d63fbde274065262.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb3e64a79e3680d31e0a5421e98c4081.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41c32b0b6eceb4208247a3ef7f57ae95.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c748fbab2bbcd88a628e398105dd4b3b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b4e7c855c4773f1d63fbde274065262.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8090b0ebe2bf1e140d90127ffc093d8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41c32b0b6eceb4208247a3ef7f57ae95.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4c1c0d6f0c94bc58c4153eab8eda291.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b4e7c855c4773f1d63fbde274065262.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60552b38331a056ff4ecd15c1382b4bb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41c32b0b6eceb4208247a3ef7f57ae95.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/166d8ddcb8e7d2c4f4fc68bc168a2ad5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>