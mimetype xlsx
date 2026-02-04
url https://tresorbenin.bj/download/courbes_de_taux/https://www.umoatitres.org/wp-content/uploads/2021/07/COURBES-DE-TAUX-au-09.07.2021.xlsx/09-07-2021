--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5a0f7e047475aee7505950443818068.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b88c47489a215a80dac0ee332d1e4952.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d1a52099af43cba320e62c85f3c3938.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01da915cf60cf2384ce63ab6610f09fa.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5a0f7e047475aee7505950443818068.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/599b83d493c36d779388d7a9e788e154.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d1a52099af43cba320e62c85f3c3938.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/554d9bdee5c991c292068a554219d0cb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5a0f7e047475aee7505950443818068.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a0e73643d64e8ee46fe6bb040a568b0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d1a52099af43cba320e62c85f3c3938.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/599d97d708814d014631178f84a3bf5e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5a0f7e047475aee7505950443818068.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55b7048aff89a29b38c56fa9bfeb5782.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d1a52099af43cba320e62c85f3c3938.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ba8f339db15b03cec1b6765e97d81c4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5a0f7e047475aee7505950443818068.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ed032de14c2761c8b3c437e7d681656.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d1a52099af43cba320e62c85f3c3938.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54d47667689e10e5b4c620c77b8aa4b1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5a0f7e047475aee7505950443818068.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46ffa477f1bb534bbaf82f53a1e64a4a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d1a52099af43cba320e62c85f3c3938.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9254059b240f91de3747dd712b3627aa.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5a0f7e047475aee7505950443818068.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/614766d12563d0cb6ec3b8cb454ed89e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d1a52099af43cba320e62c85f3c3938.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f18c723132a2d402675cca865ffb52f5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5a0f7e047475aee7505950443818068.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d81b4e948f43a2e64a63464f80b57f79.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d1a52099af43cba320e62c85f3c3938.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f400f30df9fc6a43f4c30d822be4e75e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>