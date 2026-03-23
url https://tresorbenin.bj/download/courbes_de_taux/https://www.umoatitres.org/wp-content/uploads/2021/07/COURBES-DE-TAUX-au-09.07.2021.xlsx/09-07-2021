--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d1a52099af43cba320e62c85f3c3938.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01da915cf60cf2384ce63ab6610f09fa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/622d3c1d590bb045015f8dbd2bad6bf7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8335f798632cafc442ae78979545f94.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d1a52099af43cba320e62c85f3c3938.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/554d9bdee5c991c292068a554219d0cb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/622d3c1d590bb045015f8dbd2bad6bf7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11d45934fb8c0d323228884992c3efab.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d1a52099af43cba320e62c85f3c3938.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/599d97d708814d014631178f84a3bf5e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/622d3c1d590bb045015f8dbd2bad6bf7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4f8491e0e8b77bf8c34b22f7dd5a9a3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d1a52099af43cba320e62c85f3c3938.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ba8f339db15b03cec1b6765e97d81c4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/622d3c1d590bb045015f8dbd2bad6bf7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d8a7124e5452c6d34d5cbf2b5e29706.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d1a52099af43cba320e62c85f3c3938.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54d47667689e10e5b4c620c77b8aa4b1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/622d3c1d590bb045015f8dbd2bad6bf7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f77d469fe9372008e9e8a44d552a77f4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d1a52099af43cba320e62c85f3c3938.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9254059b240f91de3747dd712b3627aa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/622d3c1d590bb045015f8dbd2bad6bf7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ebcd40f5d2ec4deb7bc3e22e0f85951.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d1a52099af43cba320e62c85f3c3938.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f18c723132a2d402675cca865ffb52f5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/622d3c1d590bb045015f8dbd2bad6bf7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83c9cb470e4fb431599f91d3b70d0874.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d1a52099af43cba320e62c85f3c3938.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f400f30df9fc6a43f4c30d822be4e75e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/622d3c1d590bb045015f8dbd2bad6bf7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a61d9aece5c5860df9761239d03d34e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>