--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b140a44d8b21cb11ab6e8b11e1c0bcb4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d19a41ea99c59aa4d93f981286bd7041.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac381138e665edc9653c17955d399c81.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbf86a417b0ed5c1926e5139257f37e6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b140a44d8b21cb11ab6e8b11e1c0bcb4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2668c205abc51debfffa226cbdd8b67.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac381138e665edc9653c17955d399c81.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92019ccdb8d7780907ddcb07015df218.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b140a44d8b21cb11ab6e8b11e1c0bcb4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b0eaadab92dcc2201342d64660b2141.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac381138e665edc9653c17955d399c81.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/066dd4a385c87b0333a85ff71e3da307.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b140a44d8b21cb11ab6e8b11e1c0bcb4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67c42727d8a60c71b5fac365e440b2ce.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac381138e665edc9653c17955d399c81.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e71b9763cf298a01d8144c44ebf63b5a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b140a44d8b21cb11ab6e8b11e1c0bcb4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13bf066a421439ec43c5fe824b33827d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac381138e665edc9653c17955d399c81.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dce9268c43b81b4f44726c035f7f20e8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b140a44d8b21cb11ab6e8b11e1c0bcb4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f3fe10bb1c4150c2994ba57cbf4bf42.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac381138e665edc9653c17955d399c81.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89c0c618ed690caf43d1a32f665ae29a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b140a44d8b21cb11ab6e8b11e1c0bcb4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ccf2fa6d5d56bd2d2a6a09806e28733.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac381138e665edc9653c17955d399c81.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6204f6e1801dc7cab15e2095b329827b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b140a44d8b21cb11ab6e8b11e1c0bcb4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de54b0026f6194c263dc4f584e364086.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac381138e665edc9653c17955d399c81.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/483e1c29d2f0c127c1f18d27c332f5a5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>