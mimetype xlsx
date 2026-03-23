--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac381138e665edc9653c17955d399c81.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbf86a417b0ed5c1926e5139257f37e6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b98c394b7fc299fef2cd568424fa65b9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e674deef20829c9f80ce168c26daebe2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac381138e665edc9653c17955d399c81.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92019ccdb8d7780907ddcb07015df218.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b98c394b7fc299fef2cd568424fa65b9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85949472549a3c7aea7ed62d2e6b2f9b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac381138e665edc9653c17955d399c81.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/066dd4a385c87b0333a85ff71e3da307.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b98c394b7fc299fef2cd568424fa65b9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c304c1c559b04340ca13e45fec36ef8b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac381138e665edc9653c17955d399c81.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e71b9763cf298a01d8144c44ebf63b5a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b98c394b7fc299fef2cd568424fa65b9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b9a12b0aa826a9e59088b0d1c1e5feb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac381138e665edc9653c17955d399c81.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dce9268c43b81b4f44726c035f7f20e8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b98c394b7fc299fef2cd568424fa65b9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb1e0a93acb43a5117c5750281e292c8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac381138e665edc9653c17955d399c81.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89c0c618ed690caf43d1a32f665ae29a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b98c394b7fc299fef2cd568424fa65b9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c90da2b00f034da977d0cda3472d691.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac381138e665edc9653c17955d399c81.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6204f6e1801dc7cab15e2095b329827b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b98c394b7fc299fef2cd568424fa65b9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e5dfb310192be930ee38839cc3267f3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac381138e665edc9653c17955d399c81.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/483e1c29d2f0c127c1f18d27c332f5a5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b98c394b7fc299fef2cd568424fa65b9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0028fecfbd2f689188027b188c04a75.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>