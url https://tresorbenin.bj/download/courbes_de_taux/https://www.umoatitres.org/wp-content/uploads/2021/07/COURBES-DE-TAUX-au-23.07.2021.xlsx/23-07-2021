--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f4999700acff9bc5cf326654f389446.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17422b31caba182186f73313e09788c8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/545a98c066e4b80dd30c80d709e739cd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/496ecf15f7492a2ab758aaa9c90f490a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f4999700acff9bc5cf326654f389446.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82c5eeb324c113539764c3ab42db6e69.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/545a98c066e4b80dd30c80d709e739cd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03bb89c55d4fa25f4537c491980dda7e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f4999700acff9bc5cf326654f389446.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e7068c3de9968b1efc304734536736e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/545a98c066e4b80dd30c80d709e739cd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d6c548c2f32decc5582f11a0b5489e3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f4999700acff9bc5cf326654f389446.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a27895892ab8fe9129bdee909a13b6a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/545a98c066e4b80dd30c80d709e739cd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/422e6073ceb22c6066fec3ba5d96595d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f4999700acff9bc5cf326654f389446.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/498e73e9a5f0bb6bbf6828a51f045c13.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/545a98c066e4b80dd30c80d709e739cd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49707d7845a967b1728da88511c3fa90.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f4999700acff9bc5cf326654f389446.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2affdb574e38f09fe29138b660abc12d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/545a98c066e4b80dd30c80d709e739cd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81d0780bc19e0f7fb5feee733e78d4eb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f4999700acff9bc5cf326654f389446.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e52b3126573ecd2098ae69358803b5bd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/545a98c066e4b80dd30c80d709e739cd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd36317b21dd9324f2856c45a25fa169.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f4999700acff9bc5cf326654f389446.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bd8d5cfa900d9a44b8fd3e1c2910b12.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/545a98c066e4b80dd30c80d709e739cd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8da3c3d23586b6b641270418f94db26a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>