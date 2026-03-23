--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/545a98c066e4b80dd30c80d709e739cd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/496ecf15f7492a2ab758aaa9c90f490a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/352ebeeb148652c5d33d22531a6b5e15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c0b9ebae740b2135afd4e0f352e2df9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/545a98c066e4b80dd30c80d709e739cd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03bb89c55d4fa25f4537c491980dda7e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/352ebeeb148652c5d33d22531a6b5e15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f2534d6a568bdd4d0cc1930c5aee77e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/545a98c066e4b80dd30c80d709e739cd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d6c548c2f32decc5582f11a0b5489e3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/352ebeeb148652c5d33d22531a6b5e15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81e1534ca5cd10dba113df65f4b92d74.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/545a98c066e4b80dd30c80d709e739cd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/422e6073ceb22c6066fec3ba5d96595d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/352ebeeb148652c5d33d22531a6b5e15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55bb163c4dfdac6c5003e17431b71a3f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/545a98c066e4b80dd30c80d709e739cd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49707d7845a967b1728da88511c3fa90.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/352ebeeb148652c5d33d22531a6b5e15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ec6caaa5f05508b12b0fc67dd3bad79.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/545a98c066e4b80dd30c80d709e739cd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81d0780bc19e0f7fb5feee733e78d4eb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/352ebeeb148652c5d33d22531a6b5e15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00ce2d2a1c4357014dd529ac9441cb86.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/545a98c066e4b80dd30c80d709e739cd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd36317b21dd9324f2856c45a25fa169.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/352ebeeb148652c5d33d22531a6b5e15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8790cbabaf3cf1632a384d10e26a9ca5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/545a98c066e4b80dd30c80d709e739cd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8da3c3d23586b6b641270418f94db26a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/352ebeeb148652c5d33d22531a6b5e15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43fcd6b5904bb8b671e3b099268ed7ae.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>