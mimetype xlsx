--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c797317e480e050b657e20df88a7b48b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da1ef62e46e573c849211bd812085c64.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24c7253f0c37e881d66a516930cedf51.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55b569d0e1a21debce8ffc25ebdc8c7f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c797317e480e050b657e20df88a7b48b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cffddc19007d9dad3370ae937421c09.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24c7253f0c37e881d66a516930cedf51.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e11e4cb6c34e3bdc95ffb39a91e25790.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c797317e480e050b657e20df88a7b48b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a996cd2e305fb0a2fdcee1fc1bd4e48.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24c7253f0c37e881d66a516930cedf51.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d780930c941916cdbe23009f57f5bc05.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c797317e480e050b657e20df88a7b48b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0285d285ecbb8763641c453ac1d6b73b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24c7253f0c37e881d66a516930cedf51.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f11852e608d022d4b759bd468a8bcba3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c797317e480e050b657e20df88a7b48b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/512bebe1241a0e9c6f12f84ff9bf51fc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24c7253f0c37e881d66a516930cedf51.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed5e29b63b0d8bb3668aeb608de912d7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c797317e480e050b657e20df88a7b48b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a981c4ae852b9324efeba1baac12553d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24c7253f0c37e881d66a516930cedf51.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1363008fe23e4559b9054f640fa8187e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c797317e480e050b657e20df88a7b48b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07b824c6f30ecb083fc579f1fc9af1fb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24c7253f0c37e881d66a516930cedf51.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef50be531b501848e82cf65e8c1907a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c797317e480e050b657e20df88a7b48b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e634051245629678a504dd77cacb3d1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24c7253f0c37e881d66a516930cedf51.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8e390062e4e19167f60fb8302d3db21.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>