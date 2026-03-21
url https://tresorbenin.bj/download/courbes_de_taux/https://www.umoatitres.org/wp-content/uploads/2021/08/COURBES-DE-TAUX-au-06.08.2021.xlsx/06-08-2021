--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24c7253f0c37e881d66a516930cedf51.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55b569d0e1a21debce8ffc25ebdc8c7f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a941daa04cfbfbe385f6843ee297fe0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fced942bbae343a99d360f4e257b75c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24c7253f0c37e881d66a516930cedf51.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e11e4cb6c34e3bdc95ffb39a91e25790.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a941daa04cfbfbe385f6843ee297fe0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da8c46db01dc3e62847abcf868d7ce50.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24c7253f0c37e881d66a516930cedf51.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d780930c941916cdbe23009f57f5bc05.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a941daa04cfbfbe385f6843ee297fe0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e31650e360611e44a0765b7831df661.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24c7253f0c37e881d66a516930cedf51.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f11852e608d022d4b759bd468a8bcba3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a941daa04cfbfbe385f6843ee297fe0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0648faa1458a8313860c5ae1733f344f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24c7253f0c37e881d66a516930cedf51.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed5e29b63b0d8bb3668aeb608de912d7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a941daa04cfbfbe385f6843ee297fe0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff719b5ae5d49adb7b40cea7c94795e9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24c7253f0c37e881d66a516930cedf51.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1363008fe23e4559b9054f640fa8187e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a941daa04cfbfbe385f6843ee297fe0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/905624f56677550a9685105600b9b13e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24c7253f0c37e881d66a516930cedf51.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef50be531b501848e82cf65e8c1907a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a941daa04cfbfbe385f6843ee297fe0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/804dd1fe0a02090506cd2ae7f22543b6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24c7253f0c37e881d66a516930cedf51.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8e390062e4e19167f60fb8302d3db21.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a941daa04cfbfbe385f6843ee297fe0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3fb51df3016c6dbfc0fc5ca048cf2fa.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>