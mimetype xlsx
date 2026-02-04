--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86a00d65d3b68a7411d963f6d7f010d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da49d8756a5c8ad5006cba1bab0f37f8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0907368c4217eac01532326dc4d97477.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/674e8180d91ed716b1515e406c6e8524.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86a00d65d3b68a7411d963f6d7f010d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4df7b63da583829120a0fe7edb95bf7f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0907368c4217eac01532326dc4d97477.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e46225c418f20f693a40236a18fffb52.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86a00d65d3b68a7411d963f6d7f010d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69fa6d9187b2bd370089700ab44d7cd4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0907368c4217eac01532326dc4d97477.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e47b01c7d747df8f67ca851bb3a3d62.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86a00d65d3b68a7411d963f6d7f010d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aac7678f9b81d0e6724eb7fe983d39d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0907368c4217eac01532326dc4d97477.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a4c21e860ae63e94122b2bd598a3e8f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86a00d65d3b68a7411d963f6d7f010d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b40e48807a6ed1b7e076e2e6344c392b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0907368c4217eac01532326dc4d97477.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/008e003a55b5a0a897769f3f7e9e70cb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86a00d65d3b68a7411d963f6d7f010d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd4b902f8665c7ae1ac3e6bece4aa601.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0907368c4217eac01532326dc4d97477.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb6c6c6d235e7e6baf08f8eda5cb6533.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86a00d65d3b68a7411d963f6d7f010d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23bda1962a4c3dd672d84504dc4e968a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0907368c4217eac01532326dc4d97477.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c505e9759fa8e1719780f2ea8a0faab3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86a00d65d3b68a7411d963f6d7f010d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4817d46707d2f78feadd20e3a24ec684.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0907368c4217eac01532326dc4d97477.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fbb17c07f033dfdf8c6da0357b1c113.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>