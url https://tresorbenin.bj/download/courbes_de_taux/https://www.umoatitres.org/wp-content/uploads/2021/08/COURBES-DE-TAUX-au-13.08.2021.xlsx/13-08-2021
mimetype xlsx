--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0907368c4217eac01532326dc4d97477.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/674e8180d91ed716b1515e406c6e8524.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5e2e7328d0baafd79b4594a4efa5552.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/844e111f70be049bd3335f6bb86da242.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0907368c4217eac01532326dc4d97477.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e46225c418f20f693a40236a18fffb52.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5e2e7328d0baafd79b4594a4efa5552.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb6b89d4763b4b2dead735ae58241b6b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0907368c4217eac01532326dc4d97477.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e47b01c7d747df8f67ca851bb3a3d62.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5e2e7328d0baafd79b4594a4efa5552.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a93f16644261584261c2fc1a82d0bea.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0907368c4217eac01532326dc4d97477.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a4c21e860ae63e94122b2bd598a3e8f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5e2e7328d0baafd79b4594a4efa5552.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd4e8a698cd01971247b836726247b5d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0907368c4217eac01532326dc4d97477.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/008e003a55b5a0a897769f3f7e9e70cb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5e2e7328d0baafd79b4594a4efa5552.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83f6da5f29b4d4b0fbd0e04f8d1f276a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0907368c4217eac01532326dc4d97477.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb6c6c6d235e7e6baf08f8eda5cb6533.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5e2e7328d0baafd79b4594a4efa5552.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd572bc0f88f455a96361f841aa179c8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0907368c4217eac01532326dc4d97477.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c505e9759fa8e1719780f2ea8a0faab3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5e2e7328d0baafd79b4594a4efa5552.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7272556605ee4c5d58a95724966ea214.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0907368c4217eac01532326dc4d97477.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fbb17c07f033dfdf8c6da0357b1c113.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5e2e7328d0baafd79b4594a4efa5552.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb517f5bed4a8f15ff7b9a19c5ad8248.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>