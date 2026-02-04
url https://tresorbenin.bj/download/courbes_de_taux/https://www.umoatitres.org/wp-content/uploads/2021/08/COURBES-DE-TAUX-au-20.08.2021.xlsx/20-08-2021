--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75f8429fd93fba042e1debd89a8a5545.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35be403d88f3770a5f7ca9f2cbc3216e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a757f0226b952c9bb0adbc11b91c1138.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46966b259e753cb77c53884aeca5ee8e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75f8429fd93fba042e1debd89a8a5545.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f4c5dbcf5e98c5ca2c2b7299162f1a6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a757f0226b952c9bb0adbc11b91c1138.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7ce45fb4256f30a9aec134c41939ed3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75f8429fd93fba042e1debd89a8a5545.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b977d572f7722af8fb621ee21881038.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a757f0226b952c9bb0adbc11b91c1138.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d82095fc82e1030e14b2dca47a523d6c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75f8429fd93fba042e1debd89a8a5545.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee33bc9ef2bad68a7222967ef1e089b1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a757f0226b952c9bb0adbc11b91c1138.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ecee05942d880a9c5e3c9334f37109b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75f8429fd93fba042e1debd89a8a5545.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14e42d2fb055dd6135dd6c882e71cc07.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a757f0226b952c9bb0adbc11b91c1138.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63b127593efb3ccaa730a2420d7b946a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75f8429fd93fba042e1debd89a8a5545.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd0e6c75017b966ddad75a9bf434548c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a757f0226b952c9bb0adbc11b91c1138.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5778d4ab2cc52aff26251b9190425a52.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75f8429fd93fba042e1debd89a8a5545.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2099ebe1f3d4fbb4695311fb45c11461.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a757f0226b952c9bb0adbc11b91c1138.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd0afd417952b95b578ee0a3c3ea1203.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75f8429fd93fba042e1debd89a8a5545.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60b025f1c9039e407f67477ee942d6cb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a757f0226b952c9bb0adbc11b91c1138.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2a1ddae035ca87ff56a2f901085d78a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>