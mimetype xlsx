--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a757f0226b952c9bb0adbc11b91c1138.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46966b259e753cb77c53884aeca5ee8e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e12f973912d7aaf588467128970cdfae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/885ecd1d1b6c63dcd9e89b02da9c598f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a757f0226b952c9bb0adbc11b91c1138.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7ce45fb4256f30a9aec134c41939ed3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e12f973912d7aaf588467128970cdfae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/104fbdad6eff592d6dece0d232f57c36.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a757f0226b952c9bb0adbc11b91c1138.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d82095fc82e1030e14b2dca47a523d6c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e12f973912d7aaf588467128970cdfae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05ba5d1673419f251aa7edaa21c9057f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a757f0226b952c9bb0adbc11b91c1138.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ecee05942d880a9c5e3c9334f37109b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e12f973912d7aaf588467128970cdfae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20dc76c35de32daa543cdb90c38e8446.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a757f0226b952c9bb0adbc11b91c1138.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63b127593efb3ccaa730a2420d7b946a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e12f973912d7aaf588467128970cdfae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/618e5f4945f88f91b6e55118733b7da4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a757f0226b952c9bb0adbc11b91c1138.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5778d4ab2cc52aff26251b9190425a52.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e12f973912d7aaf588467128970cdfae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e7bb4b5e8c1866374eedd61ab9fa70b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a757f0226b952c9bb0adbc11b91c1138.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd0afd417952b95b578ee0a3c3ea1203.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e12f973912d7aaf588467128970cdfae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b5231882de6fa764974ac01b9f5cdc6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a757f0226b952c9bb0adbc11b91c1138.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2a1ddae035ca87ff56a2f901085d78a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e12f973912d7aaf588467128970cdfae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb24101280f062fc5291eec9541e38fd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>