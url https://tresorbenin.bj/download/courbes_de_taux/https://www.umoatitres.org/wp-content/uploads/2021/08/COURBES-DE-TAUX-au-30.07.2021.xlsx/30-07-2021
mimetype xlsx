--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ba33eb40006853dc35dd11c98cef61e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ec03ea9197f8aa335766fa27cc18317.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12d0ca21d1af8a7541e96955075aff66.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3eca076a802be7623688dddf96d82cf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ba33eb40006853dc35dd11c98cef61e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c7c35d7e25887028cae6a316b6d6f21.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12d0ca21d1af8a7541e96955075aff66.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e400dba0cc57ff33aabc20a468af5221.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ba33eb40006853dc35dd11c98cef61e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f06864a536a9398528300df2102b5be1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12d0ca21d1af8a7541e96955075aff66.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/823314358b76d4c92edb2059d0b3b7b8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ba33eb40006853dc35dd11c98cef61e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccf79ebc1f407a8a9ba4da50e8122b9f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12d0ca21d1af8a7541e96955075aff66.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d803fc4c823fa95ac0a04ebdc12189ec.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ba33eb40006853dc35dd11c98cef61e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa1f435a7833cbee660155b9c0315ffc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12d0ca21d1af8a7541e96955075aff66.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0dbf5ff7faa1d77610f255e01afdc1c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ba33eb40006853dc35dd11c98cef61e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9af4d9e704a3f2c4bdaa95ffde93ee27.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12d0ca21d1af8a7541e96955075aff66.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb5b81b1f0f6edf8d76e1b7cd127c190.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ba33eb40006853dc35dd11c98cef61e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa8a6ad0e18c99a13422dacc70c912b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12d0ca21d1af8a7541e96955075aff66.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/427ffba731934de1f7832fd1c19ef5a5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ba33eb40006853dc35dd11c98cef61e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8145f3356a6cd525bf0a894f1183542d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12d0ca21d1af8a7541e96955075aff66.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23bd89902971e0a30e267a8c03a63a02.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>