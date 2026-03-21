--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12d0ca21d1af8a7541e96955075aff66.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3eca076a802be7623688dddf96d82cf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b0834cc4ff9f51b05f5da59b8cbb8a2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ce54a3de7609c717887291e42cc2044.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12d0ca21d1af8a7541e96955075aff66.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e400dba0cc57ff33aabc20a468af5221.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b0834cc4ff9f51b05f5da59b8cbb8a2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f5d87734ced6fe44e406dd934efa9ce.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12d0ca21d1af8a7541e96955075aff66.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/823314358b76d4c92edb2059d0b3b7b8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b0834cc4ff9f51b05f5da59b8cbb8a2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d52da30bb5be9f1fcae2b810519c20c1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12d0ca21d1af8a7541e96955075aff66.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d803fc4c823fa95ac0a04ebdc12189ec.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b0834cc4ff9f51b05f5da59b8cbb8a2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/571fa8b639c622dbf47725b39d5ecaa9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12d0ca21d1af8a7541e96955075aff66.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0dbf5ff7faa1d77610f255e01afdc1c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b0834cc4ff9f51b05f5da59b8cbb8a2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1e117e6b6403a274e00ab3ab59d8143.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12d0ca21d1af8a7541e96955075aff66.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb5b81b1f0f6edf8d76e1b7cd127c190.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b0834cc4ff9f51b05f5da59b8cbb8a2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15c51337845e76f14e43ba7f66f07260.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12d0ca21d1af8a7541e96955075aff66.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/427ffba731934de1f7832fd1c19ef5a5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b0834cc4ff9f51b05f5da59b8cbb8a2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de392d6820377336ad9b3ecdf4f75ed6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12d0ca21d1af8a7541e96955075aff66.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23bd89902971e0a30e267a8c03a63a02.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b0834cc4ff9f51b05f5da59b8cbb8a2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70a2b2cefab7c646756eae74acc02d44.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>