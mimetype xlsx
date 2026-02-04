--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ce03ccb07aff68389e845c3958cd0d9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/514c80a3a682e2f166f4c2862c964f59.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5263ae9dd0560afa9fa21f1b6f428ff0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02e267cd6d0a6b338478637e3afdae3c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ce03ccb07aff68389e845c3958cd0d9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/504fe852e3f6f12b9bb0a5f8d3efd103.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5263ae9dd0560afa9fa21f1b6f428ff0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/788ec371e50ef08b6d89e93880c4a29e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ce03ccb07aff68389e845c3958cd0d9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a03ba6cd4bdda8cbe86caf1b18ec9e9a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5263ae9dd0560afa9fa21f1b6f428ff0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84a74084a5f969a03f3dbf6d2a36b78a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ce03ccb07aff68389e845c3958cd0d9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c24dcfb0b239519278deb183a9bd46ad.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5263ae9dd0560afa9fa21f1b6f428ff0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85922366a2f960747e3dd53a954c933b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ce03ccb07aff68389e845c3958cd0d9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b15fa1e389922e481abfd8a2d494949d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5263ae9dd0560afa9fa21f1b6f428ff0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b191bc6b14e1c646bf24e21a96311d4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ce03ccb07aff68389e845c3958cd0d9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/083c820d10c769546f2cbdca3b46627f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5263ae9dd0560afa9fa21f1b6f428ff0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/578e1b6613c29c3e60eeafaceed0bf26.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ce03ccb07aff68389e845c3958cd0d9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea090f9c11329840a697baa85ca80b2d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5263ae9dd0560afa9fa21f1b6f428ff0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22b5006ff2ed249fb437136aafdd5280.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ce03ccb07aff68389e845c3958cd0d9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fcb9675b8a800feb15ebad2dfbfe4d62.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5263ae9dd0560afa9fa21f1b6f428ff0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e77c7658e24922499d439bd5d66a729.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>