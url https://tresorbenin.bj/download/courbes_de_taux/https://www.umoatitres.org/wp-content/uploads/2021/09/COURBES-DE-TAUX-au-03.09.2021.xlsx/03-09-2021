--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5263ae9dd0560afa9fa21f1b6f428ff0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02e267cd6d0a6b338478637e3afdae3c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b75e31b91e433ed0468b12a08e124bf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b2bf8cb78c146e8a6cbc8d9def24695.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5263ae9dd0560afa9fa21f1b6f428ff0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/788ec371e50ef08b6d89e93880c4a29e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b75e31b91e433ed0468b12a08e124bf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4df6caa51236f9ed1fdf35720671eccf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5263ae9dd0560afa9fa21f1b6f428ff0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84a74084a5f969a03f3dbf6d2a36b78a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b75e31b91e433ed0468b12a08e124bf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d2b6bc7a79d90b48cef9b168071d577.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5263ae9dd0560afa9fa21f1b6f428ff0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85922366a2f960747e3dd53a954c933b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b75e31b91e433ed0468b12a08e124bf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bb93c53e26bdede2948a99a3c9d0b53.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5263ae9dd0560afa9fa21f1b6f428ff0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b191bc6b14e1c646bf24e21a96311d4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b75e31b91e433ed0468b12a08e124bf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f518df882626487b1d6d3a49947c3b5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5263ae9dd0560afa9fa21f1b6f428ff0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/578e1b6613c29c3e60eeafaceed0bf26.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b75e31b91e433ed0468b12a08e124bf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fcb50213fef6808eacfd7e52c7960b8f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5263ae9dd0560afa9fa21f1b6f428ff0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22b5006ff2ed249fb437136aafdd5280.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b75e31b91e433ed0468b12a08e124bf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e486f6783e7d2c785b94f4115d6a6104.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5263ae9dd0560afa9fa21f1b6f428ff0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e77c7658e24922499d439bd5d66a729.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b75e31b91e433ed0468b12a08e124bf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e878cc1e18b5f57f0527895c77a58acd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>