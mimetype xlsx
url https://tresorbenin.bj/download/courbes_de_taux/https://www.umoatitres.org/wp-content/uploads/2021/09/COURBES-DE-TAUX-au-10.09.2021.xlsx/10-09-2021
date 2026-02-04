--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e7cefdd1e82f6fc2578d1559f455f11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63d0ab982cea042afa4c749f1244ff25.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1c6c9b08d0a32a3d16efccbfc3f8aa9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60bf224bf61c968d14435e4ce72862d5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e7cefdd1e82f6fc2578d1559f455f11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e53befdcd87f758d5d85ca85b17392ca.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1c6c9b08d0a32a3d16efccbfc3f8aa9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d56d74d1ad492a2dffe3a0bc6f1d0420.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e7cefdd1e82f6fc2578d1559f455f11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d80f54513c9c12351add795676ce7dc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1c6c9b08d0a32a3d16efccbfc3f8aa9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/432ac1485a75caca91b5563eda3038c1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e7cefdd1e82f6fc2578d1559f455f11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c9f346733b0a3b208dec411adc96dee.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1c6c9b08d0a32a3d16efccbfc3f8aa9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfc797fcb739bd32b808192317e0798c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e7cefdd1e82f6fc2578d1559f455f11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e13720ee1bbb02eca1c354ecfd63d0f9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1c6c9b08d0a32a3d16efccbfc3f8aa9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/185611435a98081debe5bfd449c5f5b6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e7cefdd1e82f6fc2578d1559f455f11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/730f34c68fd9b14cd2eaac4c5268dca1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1c6c9b08d0a32a3d16efccbfc3f8aa9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c427909e9ffa3da1971a9f72c6b83dc1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e7cefdd1e82f6fc2578d1559f455f11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/492cf8a76f6a47e06f9009343b5fa16f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1c6c9b08d0a32a3d16efccbfc3f8aa9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3a35e1057aa88f3f4d0f9c90955bd45.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e7cefdd1e82f6fc2578d1559f455f11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5637e1fd8307651af2f6f3c7ac325c90.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1c6c9b08d0a32a3d16efccbfc3f8aa9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68228356c552302cef22f3af7d513c12.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>