--- v1 (2026-02-04)
+++ v2 (2026-03-25)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1c6c9b08d0a32a3d16efccbfc3f8aa9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60bf224bf61c968d14435e4ce72862d5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37328d5e59cd219dddb18d6a9f18baad.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50cbd7a2d34a08136fbaea0990ad77c4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1c6c9b08d0a32a3d16efccbfc3f8aa9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d56d74d1ad492a2dffe3a0bc6f1d0420.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37328d5e59cd219dddb18d6a9f18baad.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/798a83938ca7fe3c166eb41c71867696.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1c6c9b08d0a32a3d16efccbfc3f8aa9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/432ac1485a75caca91b5563eda3038c1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37328d5e59cd219dddb18d6a9f18baad.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b00a648c8670211e7c963f3a8995efe.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1c6c9b08d0a32a3d16efccbfc3f8aa9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfc797fcb739bd32b808192317e0798c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37328d5e59cd219dddb18d6a9f18baad.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fabc947f415b7e09451307f0b3758fb5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1c6c9b08d0a32a3d16efccbfc3f8aa9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/185611435a98081debe5bfd449c5f5b6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37328d5e59cd219dddb18d6a9f18baad.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c7a303114b427a0be2259630f5d1bf1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1c6c9b08d0a32a3d16efccbfc3f8aa9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c427909e9ffa3da1971a9f72c6b83dc1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37328d5e59cd219dddb18d6a9f18baad.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d929e9d2b8773d881cb3376af2137905.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1c6c9b08d0a32a3d16efccbfc3f8aa9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3a35e1057aa88f3f4d0f9c90955bd45.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37328d5e59cd219dddb18d6a9f18baad.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26e68d4429f6205ab60157876a4b1121.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1c6c9b08d0a32a3d16efccbfc3f8aa9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68228356c552302cef22f3af7d513c12.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37328d5e59cd219dddb18d6a9f18baad.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1add2c0e490ca0ca9f629a9080454bc9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>