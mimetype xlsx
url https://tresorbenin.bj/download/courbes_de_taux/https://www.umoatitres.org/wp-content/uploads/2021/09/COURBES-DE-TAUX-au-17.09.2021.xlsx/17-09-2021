--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b4e8085c8d429e5a0aa3793a478de72.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/862124e2ef43a3fa9c0e1bc1e14d6fb9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5002cc202238b2a4e2c59706e01fbaa.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d31d7c41890f2e8e37720ff2fc0c9ea.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b4e8085c8d429e5a0aa3793a478de72.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcc2579251875bf8750794b788ac4a0a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5002cc202238b2a4e2c59706e01fbaa.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca6dce9cc4824d5b5f6464ec8d1790a2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b4e8085c8d429e5a0aa3793a478de72.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e57a484348fc3435c41b97df4999904.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5002cc202238b2a4e2c59706e01fbaa.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2bdc966de5d8ea1a2267f7a18bfa94e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b4e8085c8d429e5a0aa3793a478de72.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b6c5746f02ede082f31667afec1e110.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5002cc202238b2a4e2c59706e01fbaa.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47407b91e4a71f69867dbbb672660817.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b4e8085c8d429e5a0aa3793a478de72.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c81c63e50de82ca8fa77398cfc5e3fe.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5002cc202238b2a4e2c59706e01fbaa.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0284fc4e970a17b9b82b869f3b04411.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b4e8085c8d429e5a0aa3793a478de72.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d10b0147452ae08e8b12d24ed664a9b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5002cc202238b2a4e2c59706e01fbaa.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/242fcb7c4c1a3f8b630718e0b9c98d4a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b4e8085c8d429e5a0aa3793a478de72.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5ffa22da4e305a57ba73f6741137b7d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5002cc202238b2a4e2c59706e01fbaa.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b23520a5c7add8e3abe1bb44205cb74c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b4e8085c8d429e5a0aa3793a478de72.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/baee42d13a1533c4d563a7112967e0e2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5002cc202238b2a4e2c59706e01fbaa.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fcf8b30a9e47aafc5484677b5545e13.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>