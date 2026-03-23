--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5002cc202238b2a4e2c59706e01fbaa.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d31d7c41890f2e8e37720ff2fc0c9ea.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f42d89e517a7e0ffc0a489468e61750.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8e872bd0e49acbe97262856fd5f7ec2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5002cc202238b2a4e2c59706e01fbaa.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca6dce9cc4824d5b5f6464ec8d1790a2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f42d89e517a7e0ffc0a489468e61750.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba31e059cd608a19b0e2a158e7c4dde8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5002cc202238b2a4e2c59706e01fbaa.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2bdc966de5d8ea1a2267f7a18bfa94e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f42d89e517a7e0ffc0a489468e61750.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efcff9d6801e8c65972bb19ba44cc1a6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5002cc202238b2a4e2c59706e01fbaa.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47407b91e4a71f69867dbbb672660817.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f42d89e517a7e0ffc0a489468e61750.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f037a782148bbe57294cfb13aa9e252f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5002cc202238b2a4e2c59706e01fbaa.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0284fc4e970a17b9b82b869f3b04411.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f42d89e517a7e0ffc0a489468e61750.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89d77374a09bf8864e6ff3476f66ffba.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5002cc202238b2a4e2c59706e01fbaa.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/242fcb7c4c1a3f8b630718e0b9c98d4a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f42d89e517a7e0ffc0a489468e61750.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37cd0a886c8062d301b669526cc92ee5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5002cc202238b2a4e2c59706e01fbaa.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b23520a5c7add8e3abe1bb44205cb74c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f42d89e517a7e0ffc0a489468e61750.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba0c5940c796df8154cba5abcd389e71.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5002cc202238b2a4e2c59706e01fbaa.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fcf8b30a9e47aafc5484677b5545e13.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f42d89e517a7e0ffc0a489468e61750.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d014dcd2bf51fa2e682c571e038016dc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>