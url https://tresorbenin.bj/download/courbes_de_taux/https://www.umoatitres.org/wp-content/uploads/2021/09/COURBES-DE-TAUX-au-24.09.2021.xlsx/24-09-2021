--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54bcc187a6e0e331e8a4ce26ea01556c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a688d2b3400be2dbf29af731e2af42d1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c1d74a506128aa0286140bb2c13a684.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38e935eeca5cca15bc36838a38f295c0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54bcc187a6e0e331e8a4ce26ea01556c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c4bb40fdee778815510f639564a68f0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c1d74a506128aa0286140bb2c13a684.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc0387269d72c7d4eb3b8511609ecde0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54bcc187a6e0e331e8a4ce26ea01556c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cb6e925a268802f5ce8235b3821084a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c1d74a506128aa0286140bb2c13a684.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52d1cacf54d5d90cf14b2cde45266797.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54bcc187a6e0e331e8a4ce26ea01556c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02b9e65ad00cb21a8aec0155cc665bc3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c1d74a506128aa0286140bb2c13a684.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d647ca72ab7f61be13f23da1d829ec3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54bcc187a6e0e331e8a4ce26ea01556c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41f82a8c06fbd0608e25a6811b9e304c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c1d74a506128aa0286140bb2c13a684.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/964d3d7442c79a5daf7743f0d9d7d43a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54bcc187a6e0e331e8a4ce26ea01556c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01c406ef053ebceaedb8491a3c7b6d16.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c1d74a506128aa0286140bb2c13a684.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a937432c2feb79a5d5704cd8057e36c4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54bcc187a6e0e331e8a4ce26ea01556c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c73d3c7ad6d4cd550654e011d87e8d5d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c1d74a506128aa0286140bb2c13a684.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e887f1f9505a8c588c668877f98add6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54bcc187a6e0e331e8a4ce26ea01556c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f480ad711daaa0dc032df703baeec194.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c1d74a506128aa0286140bb2c13a684.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33fc76221662278c1128b136b4a6c982.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>