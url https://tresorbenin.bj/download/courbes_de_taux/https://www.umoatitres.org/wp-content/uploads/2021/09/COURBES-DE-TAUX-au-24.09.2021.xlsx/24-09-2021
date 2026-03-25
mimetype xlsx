--- v1 (2026-02-04)
+++ v2 (2026-03-25)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c1d74a506128aa0286140bb2c13a684.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38e935eeca5cca15bc36838a38f295c0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83d70b61e1cfdd5e5289f701a3ba15e0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c80a807ee9b0afba4d277bc92968bd70.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c1d74a506128aa0286140bb2c13a684.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc0387269d72c7d4eb3b8511609ecde0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83d70b61e1cfdd5e5289f701a3ba15e0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df4ecdf8c684a79ec5dc9ca52a37f5af.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c1d74a506128aa0286140bb2c13a684.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52d1cacf54d5d90cf14b2cde45266797.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83d70b61e1cfdd5e5289f701a3ba15e0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6771f81da15502f2ffd49b23c6242a0c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c1d74a506128aa0286140bb2c13a684.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d647ca72ab7f61be13f23da1d829ec3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83d70b61e1cfdd5e5289f701a3ba15e0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b955adc902f7dd55b5c471da9e3d2c2b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c1d74a506128aa0286140bb2c13a684.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/964d3d7442c79a5daf7743f0d9d7d43a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83d70b61e1cfdd5e5289f701a3ba15e0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/449432f7f510ae8a7d80030a1d1706c7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c1d74a506128aa0286140bb2c13a684.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a937432c2feb79a5d5704cd8057e36c4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83d70b61e1cfdd5e5289f701a3ba15e0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50f157703d59a78af7795a2f36239c34.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c1d74a506128aa0286140bb2c13a684.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e887f1f9505a8c588c668877f98add6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83d70b61e1cfdd5e5289f701a3ba15e0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55737b07284d58e9e08e6ba0339f613e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c1d74a506128aa0286140bb2c13a684.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33fc76221662278c1128b136b4a6c982.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83d70b61e1cfdd5e5289f701a3ba15e0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebe8e810e3bd53b42cc860dfcc5d23a7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>