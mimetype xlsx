--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11cd21e328967747a86edf91d234e607.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09ee15a654801c597c466186c16a0d81.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b35cfe6008c26e6df1619eab46c4f639.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3679a0ed10d7889c824863ba6ffa4529.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11cd21e328967747a86edf91d234e607.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee7ebf425c334ee2d48508ce8bfb4c4d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b35cfe6008c26e6df1619eab46c4f639.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95fb29c64f04571756c3e2e351eab535.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11cd21e328967747a86edf91d234e607.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2085be6d76ae4a1a732540a425f23e2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b35cfe6008c26e6df1619eab46c4f639.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9932f72f863cc6690e273e1d8ec33978.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11cd21e328967747a86edf91d234e607.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/beb1872111db6c5605919146bb29d8bc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b35cfe6008c26e6df1619eab46c4f639.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e4b73cfd90cddb8504290da874479fe.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11cd21e328967747a86edf91d234e607.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba58f3efe5359866881d9c82382a4250.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b35cfe6008c26e6df1619eab46c4f639.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e65233b291354626ec8b4430e5fa3b81.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11cd21e328967747a86edf91d234e607.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bcef325877ca0fdb4c8fbac13b9844e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b35cfe6008c26e6df1619eab46c4f639.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c32e0e9dc977a85d6efafb57b5dc30d0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11cd21e328967747a86edf91d234e607.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac96349620c3fec94cc70b03b7abc683.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b35cfe6008c26e6df1619eab46c4f639.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cecb312d82d8f1877908adec0e7cbf4f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11cd21e328967747a86edf91d234e607.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca9b57060cd563af8225a02a93d3be5f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b35cfe6008c26e6df1619eab46c4f639.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82faa1d9f71d1558e209f9a2ce9f2a52.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>