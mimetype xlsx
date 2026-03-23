--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b35cfe6008c26e6df1619eab46c4f639.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3679a0ed10d7889c824863ba6ffa4529.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7954eef156379bf150d5581fc5786ee.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4edce54a4aff3c46b78389bffef9c4f5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b35cfe6008c26e6df1619eab46c4f639.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95fb29c64f04571756c3e2e351eab535.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7954eef156379bf150d5581fc5786ee.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/caae877f152cc2090a848da6ab8ea039.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b35cfe6008c26e6df1619eab46c4f639.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9932f72f863cc6690e273e1d8ec33978.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7954eef156379bf150d5581fc5786ee.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/296fd50be9f986c48ee1d28778225f34.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b35cfe6008c26e6df1619eab46c4f639.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e4b73cfd90cddb8504290da874479fe.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7954eef156379bf150d5581fc5786ee.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4d2e8d17aaed4a9d5c24840b105708e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b35cfe6008c26e6df1619eab46c4f639.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e65233b291354626ec8b4430e5fa3b81.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7954eef156379bf150d5581fc5786ee.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/749e6e5398aadab7e0a883b026b947c2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b35cfe6008c26e6df1619eab46c4f639.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c32e0e9dc977a85d6efafb57b5dc30d0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7954eef156379bf150d5581fc5786ee.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3faf10a587103a65b692016681e711d5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b35cfe6008c26e6df1619eab46c4f639.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cecb312d82d8f1877908adec0e7cbf4f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7954eef156379bf150d5581fc5786ee.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a63f510cd96b9110d0252a879c8278a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b35cfe6008c26e6df1619eab46c4f639.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82faa1d9f71d1558e209f9a2ce9f2a52.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7954eef156379bf150d5581fc5786ee.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b00edd16ae0e3592a51cf28d6d540c4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>