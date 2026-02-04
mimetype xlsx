--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37ea06440a7ff9c436934e5063ada3ca.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/566fd37877cf839c1075e50730559ab7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/763497350342268447e11dc78fbd1998.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19d8e270dec1c81e5f3228b306bc44bd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37ea06440a7ff9c436934e5063ada3ca.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eec082b94f6325b12d27f57078210904.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/763497350342268447e11dc78fbd1998.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e35d974cbac9aa54e3c3ad528f29f7e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37ea06440a7ff9c436934e5063ada3ca.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e5157bacb38af181d986b4ec3950326.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/763497350342268447e11dc78fbd1998.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4584bc09a632c3a637a41a191b9ba769.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37ea06440a7ff9c436934e5063ada3ca.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c99213c9ebb02e00a802400d9f892a04.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/763497350342268447e11dc78fbd1998.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d6350b32fbf14c987f5b4be30f58e43.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37ea06440a7ff9c436934e5063ada3ca.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b732ba32f2c6b065695141f6a01b2e2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/763497350342268447e11dc78fbd1998.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e397e5889c24ee1d7ef58014211b6b5d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37ea06440a7ff9c436934e5063ada3ca.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3d46d9a448c78967afcb4bda162e2c3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/763497350342268447e11dc78fbd1998.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/012055489aa46af6e5b32210d202d38a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37ea06440a7ff9c436934e5063ada3ca.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f84bc369b28c84ee2e01aef1ef015f0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/763497350342268447e11dc78fbd1998.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bed0fe8e2dcfaa84a15f1331707dd1f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37ea06440a7ff9c436934e5063ada3ca.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd7c78b71510ba20f1b229dd83cc95d6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/763497350342268447e11dc78fbd1998.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d78265692231d73b0ea04dc47fb224c8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>