--- v1 (2026-02-04)
+++ v2 (2026-03-25)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/763497350342268447e11dc78fbd1998.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19d8e270dec1c81e5f3228b306bc44bd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db9606e0131395e0ea9eb43e807f8146.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9032f45acbe1c295b214ed54ba31c0c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/763497350342268447e11dc78fbd1998.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e35d974cbac9aa54e3c3ad528f29f7e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db9606e0131395e0ea9eb43e807f8146.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26a197d15b0efdde4b6c97f4e6129f20.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/763497350342268447e11dc78fbd1998.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4584bc09a632c3a637a41a191b9ba769.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db9606e0131395e0ea9eb43e807f8146.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/012abbd1e3c51ec34dd21b8d65f48db0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/763497350342268447e11dc78fbd1998.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d6350b32fbf14c987f5b4be30f58e43.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db9606e0131395e0ea9eb43e807f8146.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60daba6b304096b7006f8483e93f4519.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/763497350342268447e11dc78fbd1998.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e397e5889c24ee1d7ef58014211b6b5d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db9606e0131395e0ea9eb43e807f8146.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e91aa40c6717ec315653724c3a340c61.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/763497350342268447e11dc78fbd1998.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/012055489aa46af6e5b32210d202d38a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db9606e0131395e0ea9eb43e807f8146.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/970568cf2aa81e3dee1055d8e81e97d0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/763497350342268447e11dc78fbd1998.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bed0fe8e2dcfaa84a15f1331707dd1f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db9606e0131395e0ea9eb43e807f8146.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cc5f3297323d47545ea5ed9aafadf3c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/763497350342268447e11dc78fbd1998.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d78265692231d73b0ea04dc47fb224c8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db9606e0131395e0ea9eb43e807f8146.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1a6647dc19481f9e99ec3221413dbf8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>