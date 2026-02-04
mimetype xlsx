--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/670548744c3f8ac47e09668555085c6a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c36dc3355b436ac0cfaad34a8eb992f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d02585c3d7b4cfd019ad97c0064d7577.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a346e265dd20559bb29098137425fe36.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/670548744c3f8ac47e09668555085c6a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b67ff82a48d2bd7e9a0bf7c0c3f9f670.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d02585c3d7b4cfd019ad97c0064d7577.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81d122153976993d330e6ef037464a02.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/670548744c3f8ac47e09668555085c6a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ab76b7cc123eccd4597aa6bcdbc8dfb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d02585c3d7b4cfd019ad97c0064d7577.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e3b1e93dc1b005e52825586a6e6a71d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/670548744c3f8ac47e09668555085c6a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8551791d2c28f001dda0ca24e2667741.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d02585c3d7b4cfd019ad97c0064d7577.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/807108b2a0da3c7576c205ac51868d06.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/670548744c3f8ac47e09668555085c6a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89dff1e21de3ee6e6a7f1e9cf4930d3a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d02585c3d7b4cfd019ad97c0064d7577.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c438f4074e569bf902cdfc56fd0190e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/670548744c3f8ac47e09668555085c6a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30bf2297734489e9a43d0a7490be8f3b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d02585c3d7b4cfd019ad97c0064d7577.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be4a85bb4dc354c8a1576bf94bd2bf54.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/670548744c3f8ac47e09668555085c6a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f4c3602cc60aa95d364a202a90e0333.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d02585c3d7b4cfd019ad97c0064d7577.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17f01e85e2a409ac71c1f03bb727cf29.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/670548744c3f8ac47e09668555085c6a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b58c848ea6fd6a1f32e171e9e6708bd1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d02585c3d7b4cfd019ad97c0064d7577.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/523a727c797c5876c91a55ec5a8bf5f0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>