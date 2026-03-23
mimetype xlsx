--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d02585c3d7b4cfd019ad97c0064d7577.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a346e265dd20559bb29098137425fe36.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8971e1f283e5d72c3fdb79185072b21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c26fb0861d7df62475e4864f2bd47acf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d02585c3d7b4cfd019ad97c0064d7577.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81d122153976993d330e6ef037464a02.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8971e1f283e5d72c3fdb79185072b21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fba425a422e15b945bf249ef8d07f20f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d02585c3d7b4cfd019ad97c0064d7577.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e3b1e93dc1b005e52825586a6e6a71d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8971e1f283e5d72c3fdb79185072b21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6ad2603f5f7a8a9222409c19d0d4ec6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d02585c3d7b4cfd019ad97c0064d7577.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/807108b2a0da3c7576c205ac51868d06.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8971e1f283e5d72c3fdb79185072b21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a459f3bca6170102056526f4133d866.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d02585c3d7b4cfd019ad97c0064d7577.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c438f4074e569bf902cdfc56fd0190e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8971e1f283e5d72c3fdb79185072b21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c41453245976061902cfae8df319d44.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d02585c3d7b4cfd019ad97c0064d7577.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be4a85bb4dc354c8a1576bf94bd2bf54.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8971e1f283e5d72c3fdb79185072b21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b19d00fedf68c40b14e8b3cb92c7657.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d02585c3d7b4cfd019ad97c0064d7577.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17f01e85e2a409ac71c1f03bb727cf29.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8971e1f283e5d72c3fdb79185072b21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85d6bb932294cfec36ab4f8b21b123d4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d02585c3d7b4cfd019ad97c0064d7577.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/523a727c797c5876c91a55ec5a8bf5f0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8971e1f283e5d72c3fdb79185072b21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8894aa1a6251b43831f16ad176d910c8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>