--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61e2bb596ce2509bb1e9b54ba8063248.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/973b9fceabb1ebc457ffcbcf83c41eaf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0a54da8e075900031c29f9805195608.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43a4b429954dc5e6d0137eb36ce0b8bb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61e2bb596ce2509bb1e9b54ba8063248.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4f3f0be5d4bc1be5273204729793698.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0a54da8e075900031c29f9805195608.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e318e98cbed567a9e59def99d61aab3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61e2bb596ce2509bb1e9b54ba8063248.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/beb390749a91d1590837146c18ba2b8d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0a54da8e075900031c29f9805195608.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adcd05cfd4b4b8c9aa4d3b31421e1695.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61e2bb596ce2509bb1e9b54ba8063248.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d13e626ca4f7030227af474b81231472.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0a54da8e075900031c29f9805195608.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8298378977687abbe05aaab4024ccf74.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61e2bb596ce2509bb1e9b54ba8063248.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b00ca46ddf70179483b3f2a1f7baaee4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0a54da8e075900031c29f9805195608.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5766472ae936c5ffe50abb6190ffd27d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61e2bb596ce2509bb1e9b54ba8063248.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45fc7d22ed03068fc27192d5265ce287.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0a54da8e075900031c29f9805195608.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4108e00046c0371324c85b290a2379a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61e2bb596ce2509bb1e9b54ba8063248.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bfc14212fe9d8d7fddb78732ed22521.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0a54da8e075900031c29f9805195608.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/312ec490469c92570bd039afc0438929.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61e2bb596ce2509bb1e9b54ba8063248.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/144e3e8741bf27fc566d814b5ad47a1f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0a54da8e075900031c29f9805195608.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/074660f0ce1309e8abae4770b390b253.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>