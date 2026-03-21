--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0a54da8e075900031c29f9805195608.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43a4b429954dc5e6d0137eb36ce0b8bb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/237783dda327ed566ee19900d4f93698.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/429583d78d104062c4c095e671ed0ddd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0a54da8e075900031c29f9805195608.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e318e98cbed567a9e59def99d61aab3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/237783dda327ed566ee19900d4f93698.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a207ac73a5edc35a19d5aefcf0dcea0d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0a54da8e075900031c29f9805195608.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adcd05cfd4b4b8c9aa4d3b31421e1695.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/237783dda327ed566ee19900d4f93698.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9b09046dc2614255a11257c654e0dd9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0a54da8e075900031c29f9805195608.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8298378977687abbe05aaab4024ccf74.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/237783dda327ed566ee19900d4f93698.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ab9cd2638995808ca1aa7f9fef1d50e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0a54da8e075900031c29f9805195608.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5766472ae936c5ffe50abb6190ffd27d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/237783dda327ed566ee19900d4f93698.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16501175f098c1321d09b72ef4fcb47c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0a54da8e075900031c29f9805195608.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4108e00046c0371324c85b290a2379a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/237783dda327ed566ee19900d4f93698.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd6b1be6298d64737a5c52961e83ff8d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0a54da8e075900031c29f9805195608.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/312ec490469c92570bd039afc0438929.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/237783dda327ed566ee19900d4f93698.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0323b9dae712d7119af50680278bffb1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0a54da8e075900031c29f9805195608.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/074660f0ce1309e8abae4770b390b253.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/237783dda327ed566ee19900d4f93698.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1446abbb6645b3926eb1d47a60ce064.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>