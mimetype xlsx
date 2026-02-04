--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4629654b34e301a979aedca76d355e3c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea20023df37784f44718def6ba68bfa9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93a43306c6be13a40b22cf43de0919ad.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9b2918ad1f94b38958ae72ed3549d25.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4629654b34e301a979aedca76d355e3c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06516fae9ce773ccdd8c7d1b94950b69.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93a43306c6be13a40b22cf43de0919ad.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a8c23c4e364bc0585abf25392236892.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4629654b34e301a979aedca76d355e3c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/076a6d79b8880161bb454171dfb80801.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93a43306c6be13a40b22cf43de0919ad.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbd1b0fc4a94beec1df5bcd820788e88.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4629654b34e301a979aedca76d355e3c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a4a57d6963b49a0fc3b4848b4c2a69b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93a43306c6be13a40b22cf43de0919ad.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89e6095a76903d471ff54df60292e2a4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4629654b34e301a979aedca76d355e3c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c73d6657e0ce54dbb5ce12a90c183f05.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93a43306c6be13a40b22cf43de0919ad.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d41e5873fb5c4ab62db09915da56195b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4629654b34e301a979aedca76d355e3c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a9a701f93bdc6e127e77520ada762d1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93a43306c6be13a40b22cf43de0919ad.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11d33db3c85aae1c27ad4a1b8502705c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4629654b34e301a979aedca76d355e3c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/582e47e895919110778a53d2f16b58a1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93a43306c6be13a40b22cf43de0919ad.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4817bc5f551768fe37a2412b9343182b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4629654b34e301a979aedca76d355e3c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f1ef451f901df8714ddb589b1586cbe.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93a43306c6be13a40b22cf43de0919ad.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d9965ce4c37424fcc78506f40682cfd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>