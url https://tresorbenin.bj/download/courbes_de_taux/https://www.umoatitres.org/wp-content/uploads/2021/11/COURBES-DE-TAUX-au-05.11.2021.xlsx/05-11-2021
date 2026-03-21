--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93a43306c6be13a40b22cf43de0919ad.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9b2918ad1f94b38958ae72ed3549d25.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/501a7621a496c969d44473b756019372.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f4cc48f6f8eec830dc9fbe7a3eac0a4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93a43306c6be13a40b22cf43de0919ad.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a8c23c4e364bc0585abf25392236892.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/501a7621a496c969d44473b756019372.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b2758a287fa901485328c0425499976.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93a43306c6be13a40b22cf43de0919ad.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbd1b0fc4a94beec1df5bcd820788e88.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/501a7621a496c969d44473b756019372.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b594ddcb815a5d5f382c10ad0bd26d70.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93a43306c6be13a40b22cf43de0919ad.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89e6095a76903d471ff54df60292e2a4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/501a7621a496c969d44473b756019372.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ffe9d36f7c850447431f98ee36b6b9e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93a43306c6be13a40b22cf43de0919ad.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d41e5873fb5c4ab62db09915da56195b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/501a7621a496c969d44473b756019372.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f49a2d2a55273d410c8bdd7279063d97.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93a43306c6be13a40b22cf43de0919ad.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11d33db3c85aae1c27ad4a1b8502705c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/501a7621a496c969d44473b756019372.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dbf792f60dd82654d2efcf1cf174524.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93a43306c6be13a40b22cf43de0919ad.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4817bc5f551768fe37a2412b9343182b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/501a7621a496c969d44473b756019372.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc2a2128c5f756a6ad2daedaf7639c19.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93a43306c6be13a40b22cf43de0919ad.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d9965ce4c37424fcc78506f40682cfd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/501a7621a496c969d44473b756019372.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9fb3eacbef667e5d38cf82b2722686f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>