--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/238593e4a22ace9b7e8983b9c4637e58.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8cc85bb458744d6068145e857dd0ccc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adee57a918404b83bfccbcd22d6faea5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a4453bd589da4a66e3fc2db7c11537b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/238593e4a22ace9b7e8983b9c4637e58.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b629fcc3d70384c823f0ecc69642b75.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adee57a918404b83bfccbcd22d6faea5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05f8212a37de821204e76d12c4ac6cd5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/238593e4a22ace9b7e8983b9c4637e58.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e20e9d8d36f6c0e3cc56d765a9905b80.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adee57a918404b83bfccbcd22d6faea5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59a1bbffc5233fb35b89bf29b3617661.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/238593e4a22ace9b7e8983b9c4637e58.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d72fc7029b7b88cd4320e0077abcae21.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adee57a918404b83bfccbcd22d6faea5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6638aff7782c70ae5189e38cd185ed19.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/238593e4a22ace9b7e8983b9c4637e58.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ef36095d2db6c567826bec2775c2185.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adee57a918404b83bfccbcd22d6faea5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dafb895edce20e06dbd162d6673ff4e8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/238593e4a22ace9b7e8983b9c4637e58.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2da5e136c49136e0eb46ea6fe3d150e6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adee57a918404b83bfccbcd22d6faea5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1876b42286880f8ff9000eab2b61732.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/238593e4a22ace9b7e8983b9c4637e58.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7382ce2be8813c7f97c00175c11f1115.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adee57a918404b83bfccbcd22d6faea5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b776113ff36fdf818683c05528410631.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/238593e4a22ace9b7e8983b9c4637e58.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2346f94de7df9ee13fd666b410450d38.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adee57a918404b83bfccbcd22d6faea5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60c18c99040df5107fe101aed82a7367.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>