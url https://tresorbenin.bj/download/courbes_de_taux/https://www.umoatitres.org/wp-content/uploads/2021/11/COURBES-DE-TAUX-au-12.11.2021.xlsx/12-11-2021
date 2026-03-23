--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adee57a918404b83bfccbcd22d6faea5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a4453bd589da4a66e3fc2db7c11537b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2d7117d8ef0aaa0ba4e8109bada4c1a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/657f9448c250cbfb5c7fd505651fb9e1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adee57a918404b83bfccbcd22d6faea5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05f8212a37de821204e76d12c4ac6cd5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2d7117d8ef0aaa0ba4e8109bada4c1a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65406b336813ec7214768006e0e65196.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adee57a918404b83bfccbcd22d6faea5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59a1bbffc5233fb35b89bf29b3617661.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2d7117d8ef0aaa0ba4e8109bada4c1a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b37db003c4adf66e9c3b00a648af08c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adee57a918404b83bfccbcd22d6faea5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6638aff7782c70ae5189e38cd185ed19.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2d7117d8ef0aaa0ba4e8109bada4c1a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e07c5adca8fda0515d162fd13b93e1ac.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adee57a918404b83bfccbcd22d6faea5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dafb895edce20e06dbd162d6673ff4e8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2d7117d8ef0aaa0ba4e8109bada4c1a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bb0f98759455063193b1c4b09981356.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adee57a918404b83bfccbcd22d6faea5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1876b42286880f8ff9000eab2b61732.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2d7117d8ef0aaa0ba4e8109bada4c1a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68771b4e5a92925b69d2a3152e9769fd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adee57a918404b83bfccbcd22d6faea5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b776113ff36fdf818683c05528410631.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2d7117d8ef0aaa0ba4e8109bada4c1a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2325cfaaf773fd0c82703cfc889ca139.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adee57a918404b83bfccbcd22d6faea5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60c18c99040df5107fe101aed82a7367.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2d7117d8ef0aaa0ba4e8109bada4c1a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8abe27ecfc3aad1bdf770fae5d56960d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>