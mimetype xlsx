--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6293ce27f3d0db98692eb1f9cf44646c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad33bd7cc8c309dbdacc2a1a162bde1b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6e71cce4d824ed82d21f7a36c1ab5de.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52f7b2c91a66f055ee7749cabc48c916.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6293ce27f3d0db98692eb1f9cf44646c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f5566ea4b984c7ae76a4645fdd5c8ae.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6e71cce4d824ed82d21f7a36c1ab5de.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5e26d1f3162ff00ae2af21d21ddbe23.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6293ce27f3d0db98692eb1f9cf44646c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fe407179b5a528f73850d56942b3ebb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6e71cce4d824ed82d21f7a36c1ab5de.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09922bc29a6cbadb2e7483686ec244dc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6293ce27f3d0db98692eb1f9cf44646c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b92d8f4093e3dd93a75c169a76a1e618.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6e71cce4d824ed82d21f7a36c1ab5de.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b9aab6579e7211e50719f8393a88e4f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6293ce27f3d0db98692eb1f9cf44646c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d213d8222421a710b2d4dcd9121c3a0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6e71cce4d824ed82d21f7a36c1ab5de.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f17a58285c42fe196658e55346ed84c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6293ce27f3d0db98692eb1f9cf44646c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a15d6265c06ce26105e156d4ec3c341.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6e71cce4d824ed82d21f7a36c1ab5de.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc9de716d1d8cb60530cbc439b278dd6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6293ce27f3d0db98692eb1f9cf44646c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf8485d23cb19e490ded561d66ea8b33.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6e71cce4d824ed82d21f7a36c1ab5de.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc9d79df81baa3a91c98d1aef9a2982f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6293ce27f3d0db98692eb1f9cf44646c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51336b634022888f7af9032465e4b916.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6e71cce4d824ed82d21f7a36c1ab5de.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8e819160195f1de4dfc5401035d1c56.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>