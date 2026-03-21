--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6e71cce4d824ed82d21f7a36c1ab5de.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52f7b2c91a66f055ee7749cabc48c916.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8edced783b2dc731d0255b25e8206e3f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cd1e4f5bf460b2039817b9fe5336c5a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6e71cce4d824ed82d21f7a36c1ab5de.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5e26d1f3162ff00ae2af21d21ddbe23.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8edced783b2dc731d0255b25e8206e3f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22b9c04353364fac09a8250abef332b1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6e71cce4d824ed82d21f7a36c1ab5de.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09922bc29a6cbadb2e7483686ec244dc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8edced783b2dc731d0255b25e8206e3f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8d5e375aa8c715c2616e0ed18c4cce2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6e71cce4d824ed82d21f7a36c1ab5de.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b9aab6579e7211e50719f8393a88e4f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8edced783b2dc731d0255b25e8206e3f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ab5bdbea1d3ebe1692add95f3983e6b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6e71cce4d824ed82d21f7a36c1ab5de.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f17a58285c42fe196658e55346ed84c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8edced783b2dc731d0255b25e8206e3f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9a66bcebeed21922e211bd7ceaca8af.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6e71cce4d824ed82d21f7a36c1ab5de.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc9de716d1d8cb60530cbc439b278dd6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8edced783b2dc731d0255b25e8206e3f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5365c2ac2615f9eff5708c7422ed4d6d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6e71cce4d824ed82d21f7a36c1ab5de.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc9d79df81baa3a91c98d1aef9a2982f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8edced783b2dc731d0255b25e8206e3f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bf2fa731998251143b0145553689f1a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6e71cce4d824ed82d21f7a36c1ab5de.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8e819160195f1de4dfc5401035d1c56.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8edced783b2dc731d0255b25e8206e3f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1e0497d7f606318b3266f6f10e91d3f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>