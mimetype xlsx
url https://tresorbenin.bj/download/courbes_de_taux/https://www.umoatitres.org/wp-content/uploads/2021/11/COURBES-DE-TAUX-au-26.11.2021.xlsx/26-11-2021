--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -472,79 +472,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca5c0c2646b16a5fd69ef993ff74b51d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbd7d19638325ed90197009b62de3da9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65ce5d82c41b679e5e7667b6c3fb7a84.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38bcb4aa2b2b06c89d9576043ac44939.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca5c0c2646b16a5fd69ef993ff74b51d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef11e23a324fbe68e3bbcee3b7ca4490.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65ce5d82c41b679e5e7667b6c3fb7a84.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/076f746f4adef0aa1f0d8f20cbab2818.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca5c0c2646b16a5fd69ef993ff74b51d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab5221f9d2dc5eb3b7175ce52a86c44b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65ce5d82c41b679e5e7667b6c3fb7a84.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ac4043e2c517f496bb01273f309bfaa.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca5c0c2646b16a5fd69ef993ff74b51d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9037919c36524edb5ca1c9fbdc5a3533.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65ce5d82c41b679e5e7667b6c3fb7a84.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c80a14a73608912f17b7e929f949add8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca5c0c2646b16a5fd69ef993ff74b51d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3f46ea476ea6962a99c0e446c2bd8ca.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65ce5d82c41b679e5e7667b6c3fb7a84.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca337e56f5eec4382e32b40323e05b67.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca5c0c2646b16a5fd69ef993ff74b51d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c53b28d21df23916f2499115ea7f06f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65ce5d82c41b679e5e7667b6c3fb7a84.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78a17df61b76c1d0a75ab53d0c211611.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca5c0c2646b16a5fd69ef993ff74b51d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99e85e0bfe9d857fd018083e0d9a1b23.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65ce5d82c41b679e5e7667b6c3fb7a84.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90edf6891851fb9ae3347ce592ba6d9f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca5c0c2646b16a5fd69ef993ff74b51d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70aaea652e0b1b8a45de72adcd851017.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65ce5d82c41b679e5e7667b6c3fb7a84.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0099285da6486c6f9cad05e353597e84.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>180975</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>