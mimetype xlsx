--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -472,79 +472,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65ce5d82c41b679e5e7667b6c3fb7a84.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38bcb4aa2b2b06c89d9576043ac44939.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0766da6dabce63cfa5d2d4e1fc49fb94.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ea297a05c5f3c3a2cb7904dca911312.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65ce5d82c41b679e5e7667b6c3fb7a84.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/076f746f4adef0aa1f0d8f20cbab2818.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0766da6dabce63cfa5d2d4e1fc49fb94.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8190651eec7cf625b98721f8392e6b35.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65ce5d82c41b679e5e7667b6c3fb7a84.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ac4043e2c517f496bb01273f309bfaa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0766da6dabce63cfa5d2d4e1fc49fb94.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/943dbee22b710f7060593de0384f70de.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65ce5d82c41b679e5e7667b6c3fb7a84.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c80a14a73608912f17b7e929f949add8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0766da6dabce63cfa5d2d4e1fc49fb94.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/058ce13976c733f88f0d69e626582a05.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65ce5d82c41b679e5e7667b6c3fb7a84.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca337e56f5eec4382e32b40323e05b67.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0766da6dabce63cfa5d2d4e1fc49fb94.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb3496c6f75237700f582d4a574acc18.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65ce5d82c41b679e5e7667b6c3fb7a84.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78a17df61b76c1d0a75ab53d0c211611.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0766da6dabce63cfa5d2d4e1fc49fb94.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccc29e140e798db80532b7d1a0c81593.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65ce5d82c41b679e5e7667b6c3fb7a84.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90edf6891851fb9ae3347ce592ba6d9f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0766da6dabce63cfa5d2d4e1fc49fb94.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f20614f53a34c4293b816c849c3fbc42.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65ce5d82c41b679e5e7667b6c3fb7a84.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0099285da6486c6f9cad05e353597e84.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0766da6dabce63cfa5d2d4e1fc49fb94.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/619dc55e53076257351632abcd9213fb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>180975</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>