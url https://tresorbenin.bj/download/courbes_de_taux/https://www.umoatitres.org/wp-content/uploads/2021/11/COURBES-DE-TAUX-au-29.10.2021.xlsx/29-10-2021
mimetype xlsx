--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/111b20dc54f8a35da85a193ec6a5079a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a54b337cef47b7074937a49fc68bdd77.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5325382e22666ee9ca5195b4d108c561.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa20344f08555632e50f32475e1d5936.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/111b20dc54f8a35da85a193ec6a5079a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/744d95bc38aec5e2d4f60ba1566009a5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5325382e22666ee9ca5195b4d108c561.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87ad6ff2947c365c9603b15a075521f6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/111b20dc54f8a35da85a193ec6a5079a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19bca465a37050c1e6e0e3174a277874.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5325382e22666ee9ca5195b4d108c561.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/965d4bafc6cf282ef400f642b5160075.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/111b20dc54f8a35da85a193ec6a5079a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afd95963bfac9f623c4bfd6c3cdd068b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5325382e22666ee9ca5195b4d108c561.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbc3fa004b0d48db9d0419ecb3bbe8cd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/111b20dc54f8a35da85a193ec6a5079a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9bfd6038762f2c399025f021ea50ec6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5325382e22666ee9ca5195b4d108c561.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d05646917d31829099e7243ab5e58826.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/111b20dc54f8a35da85a193ec6a5079a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3b7df398669bb705914d189ca216d81.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5325382e22666ee9ca5195b4d108c561.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c599484a14b4b078fa3096beb1f6c85.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/111b20dc54f8a35da85a193ec6a5079a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38fcb81f40880e3423ac101803191478.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5325382e22666ee9ca5195b4d108c561.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb1985aefd805e8945bd44b3f45c742c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/111b20dc54f8a35da85a193ec6a5079a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eee376a6e423eb4738f7fd814e17a870.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5325382e22666ee9ca5195b4d108c561.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/819a318085eb9785269d65591df0698a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>