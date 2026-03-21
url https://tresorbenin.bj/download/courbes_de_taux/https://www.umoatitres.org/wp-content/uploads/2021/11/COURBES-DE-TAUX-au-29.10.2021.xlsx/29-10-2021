--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5325382e22666ee9ca5195b4d108c561.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa20344f08555632e50f32475e1d5936.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e1592cf86b927479a9a8aa1eedd0082.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4acf8bd65eca496f3acf7ffcbeec063f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5325382e22666ee9ca5195b4d108c561.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87ad6ff2947c365c9603b15a075521f6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e1592cf86b927479a9a8aa1eedd0082.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61aec920ef074e91ffb7b24c7ff3747c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5325382e22666ee9ca5195b4d108c561.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/965d4bafc6cf282ef400f642b5160075.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e1592cf86b927479a9a8aa1eedd0082.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9623a245b96d9af4058a8e81a72796a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5325382e22666ee9ca5195b4d108c561.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbc3fa004b0d48db9d0419ecb3bbe8cd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e1592cf86b927479a9a8aa1eedd0082.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/071d7f438b4cb3e729223b518e8c62f1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5325382e22666ee9ca5195b4d108c561.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d05646917d31829099e7243ab5e58826.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e1592cf86b927479a9a8aa1eedd0082.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/963161fada77face31fd1a4e989f8c97.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5325382e22666ee9ca5195b4d108c561.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c599484a14b4b078fa3096beb1f6c85.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e1592cf86b927479a9a8aa1eedd0082.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b2dfc86be4ff3c808da0d61a92f3612.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5325382e22666ee9ca5195b4d108c561.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb1985aefd805e8945bd44b3f45c742c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e1592cf86b927479a9a8aa1eedd0082.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f499b3db028282fb12fcf4ed8fe60bc4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5325382e22666ee9ca5195b4d108c561.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/819a318085eb9785269d65591df0698a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e1592cf86b927479a9a8aa1eedd0082.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/858a5d3e59450139cbd948566b58862b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>