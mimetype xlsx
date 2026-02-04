--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d62b0eed0dae5604405def13d0abed3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/398d91e0facdf30f9e6ac087ffb1f271.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b48ada1f9fd659261caf5a52e0b85851.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b19f65507891ffaee6dd4a33ee8ac387.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d62b0eed0dae5604405def13d0abed3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bee6a66c56f886f9ed05b9b3ec41c3a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b48ada1f9fd659261caf5a52e0b85851.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/189871cee4b15805422739d4f6b3f2d1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d62b0eed0dae5604405def13d0abed3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c99298c3f24be8e3a6a90f0645b93ad1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b48ada1f9fd659261caf5a52e0b85851.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d79d49d89f36f19287254b2701c86d2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d62b0eed0dae5604405def13d0abed3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/040cfa206209683b0df89b489ed0faec.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b48ada1f9fd659261caf5a52e0b85851.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80cd7d8c02438aff40a46db10876a1bd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d62b0eed0dae5604405def13d0abed3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc26e30948fcebb21713ce3e7d34d651.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b48ada1f9fd659261caf5a52e0b85851.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac52bfff33748afa454103dcc331802c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d62b0eed0dae5604405def13d0abed3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba93a6cfe29acd27f85b0d282ad52ba2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b48ada1f9fd659261caf5a52e0b85851.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d4ee8037507a7eb982a1e31155f3285.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d62b0eed0dae5604405def13d0abed3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9963133e226c3eeb7100be4b78a21f47.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b48ada1f9fd659261caf5a52e0b85851.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ea9aa54b4e2f8d602c9a9623d29c158.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d62b0eed0dae5604405def13d0abed3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0046fb7c6a07a227c96c4b5b7886a7dd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b48ada1f9fd659261caf5a52e0b85851.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8efcdae198f0cd682651d78f1fdd5069.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>