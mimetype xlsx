--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b48ada1f9fd659261caf5a52e0b85851.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b19f65507891ffaee6dd4a33ee8ac387.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c29c8b0938b3d5280bb65a0285c306f0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e089d7ecce0f85201c574764067940c6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b48ada1f9fd659261caf5a52e0b85851.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/189871cee4b15805422739d4f6b3f2d1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c29c8b0938b3d5280bb65a0285c306f0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f049f41efee68eff7267d189264ace8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b48ada1f9fd659261caf5a52e0b85851.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d79d49d89f36f19287254b2701c86d2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c29c8b0938b3d5280bb65a0285c306f0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0af328482d3b2759f23f2fc5d91ae9ad.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b48ada1f9fd659261caf5a52e0b85851.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80cd7d8c02438aff40a46db10876a1bd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c29c8b0938b3d5280bb65a0285c306f0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08093bf14aff5209edee60728be58e30.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b48ada1f9fd659261caf5a52e0b85851.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac52bfff33748afa454103dcc331802c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c29c8b0938b3d5280bb65a0285c306f0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64eb16bbd9f4f7ddb9551dc18e9211df.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b48ada1f9fd659261caf5a52e0b85851.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d4ee8037507a7eb982a1e31155f3285.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c29c8b0938b3d5280bb65a0285c306f0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4a80f94308da0e08c60f54525216a6b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b48ada1f9fd659261caf5a52e0b85851.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ea9aa54b4e2f8d602c9a9623d29c158.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c29c8b0938b3d5280bb65a0285c306f0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28fb8bbe9a6a383aa3a7b22b32da66e6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b48ada1f9fd659261caf5a52e0b85851.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8efcdae198f0cd682651d78f1fdd5069.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c29c8b0938b3d5280bb65a0285c306f0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57bad3613fca89a91dc25419017dc47d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>