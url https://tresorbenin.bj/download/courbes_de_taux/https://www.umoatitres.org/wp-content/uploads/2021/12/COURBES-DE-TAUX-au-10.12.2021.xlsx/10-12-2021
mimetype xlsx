--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96599ea842f6755959a05907301a099d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63e0ca327b11a983cf6b5f3fbf64c33c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70104e036618b3ef34249a5602548fe8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f21f543aab9fade351656a5ee9748d0c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96599ea842f6755959a05907301a099d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7701b1c4aefe0fc09e160fd3afbeaa82.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70104e036618b3ef34249a5602548fe8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3a929a7a66f60abb06f4d618cf9be91.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96599ea842f6755959a05907301a099d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1104b7ef72ac5f8c71962f9405b3017.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70104e036618b3ef34249a5602548fe8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8726e6cfe7309531b7462074cbcfc650.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96599ea842f6755959a05907301a099d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9527e2171911d7e8f73f78d063da04c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70104e036618b3ef34249a5602548fe8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe49c34d8eb7075ec29885ed2038327b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96599ea842f6755959a05907301a099d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/979059b4e7b7cf51d6be6f56c5ba9bf5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70104e036618b3ef34249a5602548fe8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cabd94f90445694085d638bb20d932b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96599ea842f6755959a05907301a099d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2432c5163fa530dbcceed3bbf91f891f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70104e036618b3ef34249a5602548fe8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db62164aa02a8b158a9054a49e612649.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96599ea842f6755959a05907301a099d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee3c16fe875a147450f43bb37eeacf0a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70104e036618b3ef34249a5602548fe8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53838159d1bb3eccd549e8bf27d1e17b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96599ea842f6755959a05907301a099d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a86934ee421a1bccfdcf0198a445db9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70104e036618b3ef34249a5602548fe8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aebe95ba355e1654441a54cf3b07e9da.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>