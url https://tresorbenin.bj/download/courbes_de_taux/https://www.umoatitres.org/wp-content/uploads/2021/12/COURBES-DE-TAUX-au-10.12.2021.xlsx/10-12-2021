--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70104e036618b3ef34249a5602548fe8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f21f543aab9fade351656a5ee9748d0c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d717fa8a7cdf702ff667f8d1330fff0d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90e75c46475821f6b366887df066ed10.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70104e036618b3ef34249a5602548fe8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3a929a7a66f60abb06f4d618cf9be91.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d717fa8a7cdf702ff667f8d1330fff0d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8130eff5b4065a4347b23134d5b06c40.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70104e036618b3ef34249a5602548fe8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8726e6cfe7309531b7462074cbcfc650.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d717fa8a7cdf702ff667f8d1330fff0d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58443625c2fee193e01be984f316cebd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70104e036618b3ef34249a5602548fe8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe49c34d8eb7075ec29885ed2038327b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d717fa8a7cdf702ff667f8d1330fff0d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4774820a96bcd100179fc72c993a3fc3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70104e036618b3ef34249a5602548fe8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cabd94f90445694085d638bb20d932b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d717fa8a7cdf702ff667f8d1330fff0d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/739f06fddf4d7881877f28f2afa889d1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70104e036618b3ef34249a5602548fe8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db62164aa02a8b158a9054a49e612649.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d717fa8a7cdf702ff667f8d1330fff0d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5132f9768ff0bb526ce99c15d8794414.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70104e036618b3ef34249a5602548fe8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53838159d1bb3eccd549e8bf27d1e17b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d717fa8a7cdf702ff667f8d1330fff0d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7c28dd695a5ddb909e216c5ffaa5e7d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70104e036618b3ef34249a5602548fe8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aebe95ba355e1654441a54cf3b07e9da.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d717fa8a7cdf702ff667f8d1330fff0d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59a2c5fb49b0d05f608b6436fe2d0451.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>