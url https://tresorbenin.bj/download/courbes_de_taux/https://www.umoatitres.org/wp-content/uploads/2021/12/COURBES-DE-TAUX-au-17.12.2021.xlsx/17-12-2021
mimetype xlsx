--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b51095406eec0f1abfbf5881478dabb1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce22d045316d08e9e0ded7ea7284ada6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29c7359c7b44e1f6e279da8a40fa9a56.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef32ae107e993d1fbe350615c95021bb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b51095406eec0f1abfbf5881478dabb1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83db2e6a9bfce29dd4a68eac32325d71.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29c7359c7b44e1f6e279da8a40fa9a56.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c498c25cb2ce4217745f07b8830fe1d2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b51095406eec0f1abfbf5881478dabb1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f900c8f0d761b247f760344e3fed870.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29c7359c7b44e1f6e279da8a40fa9a56.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9028dac8328eed3af8a402755ebd5413.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b51095406eec0f1abfbf5881478dabb1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7e63e1878066cd3e3e53748f37c1f43.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29c7359c7b44e1f6e279da8a40fa9a56.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70787ec4bb2c88437e5fa0ed559e430a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b51095406eec0f1abfbf5881478dabb1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a3a882868fd5fda78ce1ebf76646dd4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29c7359c7b44e1f6e279da8a40fa9a56.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6112a9af08e2374ab984c7923d6048b3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b51095406eec0f1abfbf5881478dabb1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6dc18d04d931f56f174ad4dbf763dda3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29c7359c7b44e1f6e279da8a40fa9a56.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad73d24f9f1bb0dc5eca60efb98f82de.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b51095406eec0f1abfbf5881478dabb1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3dc0179167b3c17e078aede737db21f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29c7359c7b44e1f6e279da8a40fa9a56.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdbcf1420009e66058dee642be28bc66.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b51095406eec0f1abfbf5881478dabb1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bea41d31f50b9ddd1413c41edd72e7e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29c7359c7b44e1f6e279da8a40fa9a56.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16b46e98f60f177838b3f589ca6561b6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>