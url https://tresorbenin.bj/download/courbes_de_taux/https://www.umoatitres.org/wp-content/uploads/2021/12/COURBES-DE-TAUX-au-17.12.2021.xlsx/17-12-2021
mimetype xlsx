--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29c7359c7b44e1f6e279da8a40fa9a56.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef32ae107e993d1fbe350615c95021bb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9736de40f20b8e1604f9a294a8109ddb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb0a263e3e34398a87367fa4a11bb83f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29c7359c7b44e1f6e279da8a40fa9a56.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c498c25cb2ce4217745f07b8830fe1d2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9736de40f20b8e1604f9a294a8109ddb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c542187714bacca9f01f6c1c147730cb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29c7359c7b44e1f6e279da8a40fa9a56.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9028dac8328eed3af8a402755ebd5413.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9736de40f20b8e1604f9a294a8109ddb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e68c65af0aabd1cf822d0b0a2de8fdc3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29c7359c7b44e1f6e279da8a40fa9a56.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70787ec4bb2c88437e5fa0ed559e430a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9736de40f20b8e1604f9a294a8109ddb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0fd7359814685616a12bc26b66f13f7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29c7359c7b44e1f6e279da8a40fa9a56.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6112a9af08e2374ab984c7923d6048b3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9736de40f20b8e1604f9a294a8109ddb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31ec31f0e798a46e70eecff160269b1b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29c7359c7b44e1f6e279da8a40fa9a56.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad73d24f9f1bb0dc5eca60efb98f82de.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9736de40f20b8e1604f9a294a8109ddb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3205c40e385158e8bbb8cd98832196cc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29c7359c7b44e1f6e279da8a40fa9a56.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdbcf1420009e66058dee642be28bc66.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9736de40f20b8e1604f9a294a8109ddb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75464c1510fc8bbeb30744904b37131a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29c7359c7b44e1f6e279da8a40fa9a56.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16b46e98f60f177838b3f589ca6561b6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9736de40f20b8e1604f9a294a8109ddb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddb43e4ec53150dbe2a3f7f864f166b9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>