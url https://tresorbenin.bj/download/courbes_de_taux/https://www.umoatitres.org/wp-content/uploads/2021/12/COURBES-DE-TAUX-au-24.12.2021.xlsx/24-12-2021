--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/223d1a5f5857754ce6e38c3d231626b8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3bb279d8ef4a751fa93031343bae4bc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54acd4af1e0a3926e40c878728af8c19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a57703b07c481677254deb9e805e0d3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/223d1a5f5857754ce6e38c3d231626b8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8e894f83cb20b17298a6e62cd5ae2a6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54acd4af1e0a3926e40c878728af8c19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0c9053a13aac356ad67a54886f92e09.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/223d1a5f5857754ce6e38c3d231626b8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f65da1e666da1a57c0e6cb0c0707f6f8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54acd4af1e0a3926e40c878728af8c19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d1023999d762c5d8649870816e69b5e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/223d1a5f5857754ce6e38c3d231626b8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7636dccbaa180258d672e603080b22cc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54acd4af1e0a3926e40c878728af8c19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06d1595345c5772d0033be5159683a76.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/223d1a5f5857754ce6e38c3d231626b8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a148afa31a5a89f5193ef4a4bb177635.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54acd4af1e0a3926e40c878728af8c19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8b7015aa27845552655895b7fb9ee32.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/223d1a5f5857754ce6e38c3d231626b8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b7e3f36293a0f60162aa79a1f7a6c99.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54acd4af1e0a3926e40c878728af8c19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9e69d32051bd550617d116c8cc37e34.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/223d1a5f5857754ce6e38c3d231626b8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54a02b3e7a40272a595cc23d650288c9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54acd4af1e0a3926e40c878728af8c19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/305f2e6403e3557ea23fb9996812317f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/223d1a5f5857754ce6e38c3d231626b8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90514393594818e969dffeb71974ff1f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54acd4af1e0a3926e40c878728af8c19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4aa8a164770044c23cec5f0cc434cb9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>