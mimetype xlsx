--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54acd4af1e0a3926e40c878728af8c19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a57703b07c481677254deb9e805e0d3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca28b5ef7adda1c7ade06cbf0193b9dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27cff38d6fa9dc279d8e33e0561219af.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54acd4af1e0a3926e40c878728af8c19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0c9053a13aac356ad67a54886f92e09.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca28b5ef7adda1c7ade06cbf0193b9dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91a5e170232200beef35209997afc78d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54acd4af1e0a3926e40c878728af8c19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d1023999d762c5d8649870816e69b5e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca28b5ef7adda1c7ade06cbf0193b9dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94ef467002e9975368b1909f0e29883d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54acd4af1e0a3926e40c878728af8c19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06d1595345c5772d0033be5159683a76.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca28b5ef7adda1c7ade06cbf0193b9dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/664431029eff556fd7bf5d20a09fc9a9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54acd4af1e0a3926e40c878728af8c19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8b7015aa27845552655895b7fb9ee32.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca28b5ef7adda1c7ade06cbf0193b9dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24f5c719c6c8ef7131df1d6d7b515189.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54acd4af1e0a3926e40c878728af8c19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9e69d32051bd550617d116c8cc37e34.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca28b5ef7adda1c7ade06cbf0193b9dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96fa3e0a643990e670d55721fdc961ec.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54acd4af1e0a3926e40c878728af8c19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/305f2e6403e3557ea23fb9996812317f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca28b5ef7adda1c7ade06cbf0193b9dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ece7ba7bf955c37b2746d9a0a316aabf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54acd4af1e0a3926e40c878728af8c19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4aa8a164770044c23cec5f0cc434cb9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca28b5ef7adda1c7ade06cbf0193b9dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8b5df1d68bf4f8c0178a43dc3780d1c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>