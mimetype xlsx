--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -472,79 +472,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9540f8518fd6f82e024daf2ea27e6852.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae30523e694487bab5d910a1585d1ba0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa5843928e279a6abf33b8ee8bd8a4ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05c121a026b15618796f6428f82640f7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9540f8518fd6f82e024daf2ea27e6852.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06c7cc8d3c0d1986da7e12656c1b3818.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa5843928e279a6abf33b8ee8bd8a4ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05ae008c7374929866ba355bfeb6dd8d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9540f8518fd6f82e024daf2ea27e6852.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5dd7ae01c9405eb6e7c4f1be8dcd537.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa5843928e279a6abf33b8ee8bd8a4ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/266363c5a12acae604462b0f49207651.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9540f8518fd6f82e024daf2ea27e6852.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b0a8f9ac31ae5f700b7518b3b2ca46a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa5843928e279a6abf33b8ee8bd8a4ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c4ff5054526fa5d16a97934d303236b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9540f8518fd6f82e024daf2ea27e6852.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecbd9ac42d512e47b2150ed88c23d9f8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa5843928e279a6abf33b8ee8bd8a4ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4bf57f039f0b9d70a676ea85cfac8c8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9540f8518fd6f82e024daf2ea27e6852.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81a4965f7d202f946e094a9a8ad7233a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa5843928e279a6abf33b8ee8bd8a4ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a88072e4d57afe025a932fffd6d8071e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9540f8518fd6f82e024daf2ea27e6852.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11c29543528be386ee4c5a2d69035e0f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa5843928e279a6abf33b8ee8bd8a4ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f683d75de21d8e706645fde9452625f4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9540f8518fd6f82e024daf2ea27e6852.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0c80b4e29aade042286c515f8cb380e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa5843928e279a6abf33b8ee8bd8a4ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6651685ee3ef005e77c740020bc69871.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>