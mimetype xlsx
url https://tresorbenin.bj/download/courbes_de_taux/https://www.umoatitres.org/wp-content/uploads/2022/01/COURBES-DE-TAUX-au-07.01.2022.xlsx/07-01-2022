--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -472,79 +472,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa5843928e279a6abf33b8ee8bd8a4ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05c121a026b15618796f6428f82640f7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33a64829b05684922b706f8d14b1298b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf78295c78e5e3a31a39e3ff6216b8c8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa5843928e279a6abf33b8ee8bd8a4ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05ae008c7374929866ba355bfeb6dd8d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33a64829b05684922b706f8d14b1298b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c638bf34ccc2a28ad94482d149b159bf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa5843928e279a6abf33b8ee8bd8a4ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/266363c5a12acae604462b0f49207651.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33a64829b05684922b706f8d14b1298b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7192d517348919a75b431f7dab70405a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa5843928e279a6abf33b8ee8bd8a4ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c4ff5054526fa5d16a97934d303236b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33a64829b05684922b706f8d14b1298b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2718f94573938ca2b4e038be27328ef8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa5843928e279a6abf33b8ee8bd8a4ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4bf57f039f0b9d70a676ea85cfac8c8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33a64829b05684922b706f8d14b1298b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3270141a193199c9f347acaae7d38477.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa5843928e279a6abf33b8ee8bd8a4ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a88072e4d57afe025a932fffd6d8071e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33a64829b05684922b706f8d14b1298b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb80eae468bee1772c9a65317100c271.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa5843928e279a6abf33b8ee8bd8a4ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f683d75de21d8e706645fde9452625f4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33a64829b05684922b706f8d14b1298b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2140805187fa359ae9622ccf7239c579.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa5843928e279a6abf33b8ee8bd8a4ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6651685ee3ef005e77c740020bc69871.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33a64829b05684922b706f8d14b1298b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc42f4e89838ab93394b0db8c1dff96e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>